--- v0 (2025-10-14)
+++ v1 (2026-01-29)
@@ -14,51 +14,51 @@
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="72DBF8C8" w14:textId="1D38D2EC" w:rsidR="00720C7F" w:rsidRDefault="00720C7F" w:rsidP="00340E23">
       <w:pPr>
         <w:pStyle w:val="MainHeading"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7BE405B1" w14:textId="77777777" w:rsidR="00720C7F" w:rsidRDefault="00720C7F" w:rsidP="00340E23">
       <w:pPr>
         <w:pStyle w:val="MainHeading"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="75BB5866" w14:textId="77777777" w:rsidR="00720C7F" w:rsidRDefault="00720C7F" w:rsidP="00340E23">
       <w:pPr>
         <w:pStyle w:val="MainHeading"/>
         <w:jc w:val="center"/>
@@ -838,113 +838,95 @@
                         <a:ln w="6350">
                           <a:noFill/>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
                           <w:p w14:paraId="6A070C3F" w14:textId="77777777" w:rsidR="00491228" w:rsidRPr="00B049FC" w:rsidRDefault="00491228" w:rsidP="00844843">
                             <w:pPr>
                               <w:numPr>
                                 <w:ilvl w:val="0"/>
                                 <w:numId w:val="0"/>
                               </w:numPr>
                               <w:rPr>
                                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                                 <w:sz w:val="24"/>
                                 <w:szCs w:val="24"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="000F0030">
                               <w:rPr>
                                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                                 <w:sz w:val="24"/>
                                 <w:szCs w:val="24"/>
                                 <w:lang w:bidi="cy-GB"/>
                               </w:rPr>
-                              <w:t xml:space="preserve">[I'w </w:t>
-[...8 lines deleted...]
-                              <w:t>ychwanegu gan Dîm WASPI]</w:t>
+                              <w:t>[I'w ychwanegu gan Dîm WASPI]</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:shape w14:anchorId="4C249420" id="Text Box 6" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:134pt;margin-top:652.1pt;width:215.25pt;height:21pt;z-index:251677696;visibility:visible;mso-wrap-style:square;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-height-percent:0;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBeF6dTGgIAADUEAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO2yAQfa/Uf0C8N3burRVnle4qVaXV&#10;7krZap8JhhgJMxRI7PTrO+DctO1T1RdgmGEu5xwWd12jyUE4r8CUdDjIKRGGQ6XMrqQ/XtefPlPi&#10;AzMV02BESY/C07vlxw+L1hZiBDXoSjiCSYwvWlvSOgRbZJnntWiYH4AVBp0SXMMCmm6XVY61mL3R&#10;2SjPZ1kLrrIOuPAebx96J12m/FIKHp6l9CIQXVLsLaTVpXUb12y5YMXOMVsrfmqD/UMXDVMGi15S&#10;PbDAyN6pP1I1ijvwIMOAQ5OBlIqLNANOM8zfTbOpmRVpFgTH2wtM/v+l5U+HjX1xJHRfoUMCIyCt&#10;9YXHyzhPJ10Td+yUoB8hPF5gE10gHC9H8/F4Np9SwtE3ms3mecI1u762zodvAhoSDyV1SEtCix0e&#10;fcCKGHoOicUMrJXWiRptSFvS2XiapwcXD77QBh9ee42n0G07oqqbObZQHXE8Bz3z3vK1wh4emQ8v&#10;zCHVOBHKNzzjIjVgLTidKKnB/frbfYxHBtBLSYvSKan/uWdOUKK/G+Tmy3AyiVpLxmQ6H6Hhbj3b&#10;W4/ZN/eA6hziR7E8HWN80OejdNC8ocpXsSq6mOFYu6Q8uLNxH3pJ4z/hYrVKYagvy8Kj2Vgek0dc&#10;I8av3Rtz9kREQAqf4CwzVrzjo4/tGVntA0iVyIpI97ieCEBtJg5P/yiK/9ZOUdffvvwNAAD//wMA&#10;UEsDBBQABgAIAAAAIQDp7Dsh4wAAAA0BAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyD&#10;tUhcELUJIYQQp0KVkHLIpQUhcXNjE0eN1yF20/D3bE9w3JnR7JtyvbiBzWYKvUcJdysBzGDrdY+d&#10;hPe319scWIgKtRo8Ggk/JsC6urwoVaH9Cbdm3sWOUQmGQkmwMY4F56G1xqmw8qNB8r785FSkc+q4&#10;ntSJyt3AEyEy7lSP9MGq0WysaQ+7o5Mwf9Sp3s42Tjebphb1ofl+/GykvL5aXp6BRbPEvzCc8Qkd&#10;KmLa+yPqwAYJSZbTlkjGvUgTYBTJnvIHYPuzlGYJ8Krk/1dUvwAAAP//AwBQSwECLQAUAAYACAAA&#10;ACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQIt&#10;ABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQIt&#10;ABQABgAIAAAAIQBeF6dTGgIAADUEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBL&#10;AQItABQABgAIAAAAIQDp7Dsh4wAAAA0BAAAPAAAAAAAAAAAAAAAAAHQEAABkcnMvZG93bnJldi54&#10;bWxQSwUGAAAAAAQABADzAAAAhAUAAAAA&#10;" filled="f" stroked="f" strokeweight=".5pt">
                 <v:textbox>
                   <w:txbxContent>
                     <w:p w14:paraId="6A070C3F" w14:textId="77777777" w:rsidR="00491228" w:rsidRPr="00B049FC" w:rsidRDefault="00491228" w:rsidP="00844843">
                       <w:pPr>
                         <w:numPr>
                           <w:ilvl w:val="0"/>
                           <w:numId w:val="0"/>
                         </w:numPr>
                         <w:rPr>
                           <w:color w:val="FFFFFF" w:themeColor="background1"/>
                           <w:sz w:val="24"/>
                           <w:szCs w:val="24"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="000F0030">
                         <w:rPr>
                           <w:color w:val="FFFFFF" w:themeColor="background1"/>
                           <w:sz w:val="24"/>
                           <w:szCs w:val="24"/>
                           <w:lang w:bidi="cy-GB"/>
                         </w:rPr>
-                        <w:t xml:space="preserve">[I'w </w:t>
-[...8 lines deleted...]
-                        <w:t>ychwanegu gan Dîm WASPI]</w:t>
+                        <w:t>[I'w ychwanegu gan Dîm WASPI]</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidRPr="00AF7F68">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:bidi="cy-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">rhwng y partïon a nodir yn Atodiad D </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="43EEEB56" w14:textId="1FD4CA71" w:rsidR="003D63D7" w:rsidRDefault="003D63D7">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
@@ -968,184 +950,183 @@
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FE0B7A">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:bidi="cy-GB"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Mae rhagor o wybodaeth am sut y dylid datblygu Cytundeb Rheolydd ar y Cyd yn y</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="53902EAE" w14:textId="30240604" w:rsidR="003D63D7" w:rsidRPr="00FE0B7A" w:rsidRDefault="00000000" w:rsidP="003D63D7">
+    <w:p w14:paraId="53902EAE" w14:textId="496B12A3" w:rsidR="003D63D7" w:rsidRPr="00FE0B7A" w:rsidRDefault="00D72593" w:rsidP="003D63D7">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:spacing w:after="360"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="2F5496"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId14" w:history="1">
-        <w:r w:rsidR="003D63D7" w:rsidRPr="00FE0B7A">
-          <w:rPr>
+        <w:r w:rsidR="003D63D7" w:rsidRPr="00D72593">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cs="Arial"/>
             <w:b/>
-            <w:color w:val="2F5496"/>
             <w:sz w:val="32"/>
             <w:szCs w:val="32"/>
             <w:lang w:bidi="cy-GB"/>
           </w:rPr>
-          <w:t xml:space="preserve">Canllaw ar Ddatblygu </w:t>
+          <w:t>Canllaw ar Ddatblygu Cytundeb Rheolydd ar y Cyd</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="003D63D7">
-[...9 lines deleted...]
-      </w:r>
     </w:p>
     <w:p w14:paraId="5D5BB3FB" w14:textId="77777777" w:rsidR="003D63D7" w:rsidRPr="00FE0B7A" w:rsidRDefault="003D63D7" w:rsidP="003D63D7">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:spacing w:after="360"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="22149E2B" w14:textId="77777777" w:rsidR="003D63D7" w:rsidRPr="00FE0B7A" w:rsidRDefault="003D63D7" w:rsidP="003D63D7">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="-38" w:right="586"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FE0B7A">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:bidi="cy-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Gellir gofyn am arweiniad pellach gan </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0C04A660" w14:textId="77777777" w:rsidR="003D63D7" w:rsidRPr="00FE0B7A" w:rsidRDefault="003D63D7" w:rsidP="003D63D7">
+    <w:p w14:paraId="0C04A660" w14:textId="121A01F8" w:rsidR="003D63D7" w:rsidRPr="00FE0B7A" w:rsidRDefault="003D63D7" w:rsidP="003D63D7">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:ind w:right="586"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="AC1919"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FE0B7A">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:bidi="cy-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Dîm Integreiddio a Datblygu Gwasanaeth WASPI yn: </w:t>
       </w:r>
       <w:hyperlink r:id="rId15" w:history="1">
-        <w:r w:rsidRPr="00FE0B7A">
-          <w:rPr>
+        <w:r w:rsidR="004414F0" w:rsidRPr="00213DC8">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cs="Arial"/>
-            <w:color w:val="AC1919"/>
             <w:sz w:val="32"/>
             <w:szCs w:val="32"/>
             <w:lang w:bidi="cy-GB"/>
           </w:rPr>
-          <w:t>www.waspi.org</w:t>
+          <w:t>www.waspi.llyw.cymru</w:t>
         </w:r>
       </w:hyperlink>
+      <w:r w:rsidR="004414F0">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="AC1919"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:bidi="cy-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="296F60AE" w14:textId="77777777" w:rsidR="003D63D7" w:rsidRPr="00FE0B7A" w:rsidRDefault="003D63D7" w:rsidP="003D63D7">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:ind w:right="586"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="AC1919"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="30DCC8B5" w14:textId="77777777" w:rsidR="003D63D7" w:rsidRPr="00FE0B7A" w:rsidRDefault="003D63D7" w:rsidP="003D63D7">
       <w:pPr>
         <w:numPr>
@@ -5611,51 +5592,50 @@
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="9"/>
               </w:numPr>
               <w:spacing w:after="0"/>
               <w:ind w:hanging="694"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="097E88ED" w14:textId="5D0B48FF" w:rsidR="00725A66" w:rsidRPr="00C0523B" w:rsidRDefault="00725A66" w:rsidP="00B36F03">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="181" w:hanging="169"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C0523B">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:highlight w:val="yellow"/>
                 <w:lang w:bidi="cy-GB"/>
               </w:rPr>
               <w:t>[Nodwch enw'r sefydliad yma]</w:t>
             </w:r>
@@ -5684,51 +5664,50 @@
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C0523B">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:highlight w:val="yellow"/>
                 <w:lang w:bidi="cy-GB"/>
               </w:rPr>
               <w:t>[Nodwch berchennog / pwynt cyswllt y Cytundeb Rheolydd ar y Cyd - Nodwch rolau nid enwau unigol]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="78F3AEB2" w14:textId="77777777" w:rsidR="00725A66" w:rsidRPr="00C0523B" w:rsidRDefault="00725A66" w:rsidP="00B36F03">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="181" w:hanging="169"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C0523B">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:highlight w:val="yellow"/>
                 <w:lang w:bidi="cy-GB"/>
               </w:rPr>
               <w:t>[Nodwch adrannau / is-adrannau]</w:t>
             </w:r>
@@ -5780,51 +5759,50 @@
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="9"/>
               </w:numPr>
               <w:spacing w:after="0"/>
               <w:ind w:hanging="694"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="09CA145A" w14:textId="2CF81C02" w:rsidR="00725A66" w:rsidRPr="00C0523B" w:rsidRDefault="00725A66" w:rsidP="00CC2DF2">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="181" w:hanging="169"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C0523B">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:bidi="cy-GB"/>
               </w:rPr>
               <w:t>[</w:t>
             </w:r>
             <w:r w:rsidRPr="00C0523B">
               <w:rPr>
                 <w:sz w:val="22"/>
@@ -5866,51 +5844,50 @@
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C0523B">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:highlight w:val="yellow"/>
                 <w:lang w:bidi="cy-GB"/>
               </w:rPr>
               <w:t>[Nodwch berchennog / pwynt cyswllt y Cytundeb Rheolydd ar y Cyd - Nodwch rolau nid enwau unigol]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="23556B76" w14:textId="77777777" w:rsidR="00725A66" w:rsidRPr="00C0523B" w:rsidRDefault="00725A66" w:rsidP="009A11AF">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="181" w:hanging="169"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C0523B">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:highlight w:val="yellow"/>
                 <w:lang w:bidi="cy-GB"/>
               </w:rPr>
               <w:t>[Nodwch adrannau / is-adrannau]</w:t>
             </w:r>
           </w:p>
@@ -5960,51 +5937,50 @@
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="9"/>
               </w:numPr>
               <w:spacing w:after="0"/>
               <w:ind w:hanging="694"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1BAE33E9" w14:textId="4074E874" w:rsidR="00725A66" w:rsidRPr="00C0523B" w:rsidRDefault="00725A66" w:rsidP="009A11AF">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="181" w:hanging="169"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C0523B">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:highlight w:val="yellow"/>
                 <w:lang w:bidi="cy-GB"/>
               </w:rPr>
               <w:t>[Rhowch resi pellach yn ôl yr angen</w:t>
             </w:r>
             <w:r w:rsidRPr="00C0523B">
@@ -6029,51 +6005,50 @@
           </w:tcPr>
           <w:p w14:paraId="050A27E6" w14:textId="77777777" w:rsidR="00725A66" w:rsidRPr="00C0523B" w:rsidRDefault="00725A66" w:rsidP="00E17367">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="181"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="71A94325" w14:textId="77777777" w:rsidR="00725A66" w:rsidRPr="00C0523B" w:rsidRDefault="00725A66" w:rsidP="00E17367">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="181"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
@@ -8315,191 +8290,185 @@
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC315D">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:bidi="cy-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">Diffiniad </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007A1E26" w:rsidRPr="00DD786E" w14:paraId="200CA707" w14:textId="77777777" w:rsidTr="004D53CD">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="984"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2057" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="57169BB5" w14:textId="043F7BF4" w:rsidR="007A1E26" w:rsidRPr="007A1E26" w:rsidRDefault="007A1E26" w:rsidP="007A1E26">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="22" w:name="_Hlk160991633"/>
             <w:r w:rsidRPr="007A1E26">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:lang w:bidi="cy-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">Mecanwaith Rhannu y Cytunwyd Arno </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7974" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="19605795" w14:textId="510B7285" w:rsidR="007A1E26" w:rsidRPr="007A1E26" w:rsidRDefault="007A1E26" w:rsidP="00AF7F68">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:lang w:bidi="cy-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">Mae'n golygu'r mesurau technegol a ddisgrifir yn y Daflen Flaen, sef y modd y bydd y Partïon yn trosglwyddo Data Personol a Rennir rhwng ei gilydd. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007A1E26" w:rsidRPr="00DD786E" w14:paraId="645F36FD" w14:textId="77777777" w:rsidTr="004D53CD">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="715"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2057" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="45DC6332" w14:textId="180F4214" w:rsidR="007A1E26" w:rsidRPr="007A1E26" w:rsidRDefault="007A1E26" w:rsidP="007A1E26">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="23" w:name="_Hlk160991532"/>
             <w:bookmarkEnd w:id="22"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:lang w:bidi="cy-GB"/>
               </w:rPr>
               <w:t>Gweinyddwr y Cytundeb</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7974" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="32D65A9E" w14:textId="39404E90" w:rsidR="007A1E26" w:rsidRPr="007A1E26" w:rsidRDefault="007A1E26" w:rsidP="00713D2F">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:lang w:bidi="cy-GB"/>
               </w:rPr>
               <w:t>Yr unigolyn a benodir gan y Rheolyddion ar y Cyd i fod yn gyfrifol am weinyddu'r Cytundeb Rheolydd ar y Cyd hwn dros ac ar ran y Partïon.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:bookmarkEnd w:id="23"/>
       <w:tr w:rsidR="007A1E26" w:rsidRPr="00DD786E" w14:paraId="40720923" w14:textId="77777777" w:rsidTr="004D53CD">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="1419"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2057" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6512AF1E" w14:textId="5BF319D0" w:rsidR="007A1E26" w:rsidRPr="007A1E26" w:rsidRDefault="007A1E26" w:rsidP="007A1E26">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:lang w:bidi="cy-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">Defnyddiwr Awdurdodedig </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7974" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="51FBEA66" w14:textId="1E53405A" w:rsidR="007A1E26" w:rsidRPr="007A1E26" w:rsidRDefault="007A1E26" w:rsidP="00F915B8">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="7"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="24" w:name="_Hlk160991588"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:lang w:bidi="cy-GB"/>
               </w:rPr>
               <w:t>Mae’n golygu, mewn perthynas â phob Parti, bob aelod o’i Staff sydd:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="485C24E5" w14:textId="4DB8F9C4" w:rsidR="007A1E26" w:rsidRPr="007A1E26" w:rsidRDefault="007A1E26" w:rsidP="007A1E26">
             <w:pPr>
               <w:pStyle w:val="Default"/>
@@ -8523,187 +8492,181 @@
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:lang w:bidi="cy-GB"/>
               </w:rPr>
               <w:t>b) wedi'i awdurdodi gan y Parti hwnnw i Brosesu'r Data Personol a Rennir perthnasol at y dibenion a nodir mewn Hysbysiadau Preifatrwydd o'r fath;</w:t>
             </w:r>
             <w:bookmarkEnd w:id="24"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00946B26" w:rsidRPr="00DD786E" w14:paraId="26EC8880" w14:textId="77777777" w:rsidTr="004D53CD">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="1068"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2057" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7163CFCF" w14:textId="10F8D00E" w:rsidR="00946B26" w:rsidRDefault="00946B26" w:rsidP="007A1E26">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:lang w:bidi="cy-GB"/>
               </w:rPr>
               <w:t>Rheolydd</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7974" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1D281CFB" w14:textId="4440F1EB" w:rsidR="00946B26" w:rsidRDefault="00D215C5" w:rsidP="00D215C5">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:lang w:bidi="cy-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">Yr ystyr a roddir iddo yn Rheoliad Cyffredinol ar Ddiogelu Data y DU. Rheolyddion yw’r prif benderfynwyr; nhw sy’n arfer rheolaeth gyffredinol dros ddibenion a dulliau prosesu data personol. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00946B26" w:rsidRPr="00DD786E" w14:paraId="7E5CCC22" w14:textId="77777777" w:rsidTr="004D53CD">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="679"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2057" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3130B9B4" w14:textId="6093839D" w:rsidR="00946B26" w:rsidRDefault="00946B26" w:rsidP="007A1E26">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:lang w:bidi="cy-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">Datgelydd Data </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7974" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3550F892" w14:textId="2F74BFAD" w:rsidR="00946B26" w:rsidRDefault="00946B26" w:rsidP="00F915B8">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="7"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:lang w:bidi="cy-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">Parti sy'n sicrhau bod unrhyw Ddata Personol a Rennir ar gael i Barti arall. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00946B26" w:rsidRPr="00DD786E" w14:paraId="63ABC82E" w14:textId="77777777" w:rsidTr="004D53CD">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="1000"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2057" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6219668D" w14:textId="4D0A81CD" w:rsidR="00946B26" w:rsidRDefault="00946B26" w:rsidP="007A1E26">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00946B26">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:lang w:bidi="cy-GB"/>
               </w:rPr>
               <w:t>Asesiad o’r Effaith ar Ddiogelu Data</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7974" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="038014D4" w14:textId="23E6B60F" w:rsidR="00946B26" w:rsidRDefault="00946B26" w:rsidP="00F915B8">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="7"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:lang w:bidi="cy-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">Ar gyfer pob Parti, ei asesiad o’r effaith ar ddiogelu data wedi'i gwblhau fel y'i paratowyd ganddo yn unol â'r Ddeddfwriaeth Diogelu Data. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002F40D1" w:rsidRPr="00DD786E" w14:paraId="51B8B07A" w14:textId="77777777" w:rsidTr="004D53CD">
         <w:trPr>
@@ -8791,63 +8754,62 @@
             </w:pPr>
             <w:r w:rsidRPr="009A504D">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:bidi="cy-GB"/>
               </w:rPr>
               <w:t>Mae Deddf Diogelu Data 2018 hefyd yn trosi Cyfarwyddeb Diogelu Data'r UE 2016/680 (Cyfarwyddeb Gorfodi'r Gyfraith) yn gyfraith ddomestig y DU.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5F831A50" w14:textId="77777777" w:rsidR="00CC5028" w:rsidRPr="009A504D" w:rsidRDefault="00CC5028" w:rsidP="00CC5028">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="43954D06" w14:textId="7CA67DCA" w:rsidR="002F40D1" w:rsidRPr="009A504D" w:rsidRDefault="00CC5028" w:rsidP="00CC5028">
+          <w:p w14:paraId="43954D06" w14:textId="7CA67DCA" w:rsidR="002F40D1" w:rsidRPr="004414F0" w:rsidRDefault="00CC5028" w:rsidP="00CC5028">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
-                <w:lang w:val="en"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009A504D">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:bidi="cy-GB"/>
               </w:rPr>
               <w:t>Mae'n bwysig bod Rheoliad Cyffredinol ar Ddiogelu Data y DU a Deddf Diogelu Data 2018 yn cael eu darllen ochr yn ochr.</w:t>
             </w:r>
             <w:r w:rsidRPr="009A504D">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
                 <w:lang w:bidi="cy-GB"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
@@ -9903,50 +9865,51 @@
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6237" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:id w:val="1169064235"/>
               <w14:checkbox>
                 <w14:checked w14:val="0"/>
                 <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                 <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
               </w14:checkbox>
             </w:sdtPr>
+            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="6A571B84" w14:textId="77777777" w:rsidR="005572D0" w:rsidRDefault="005572D0">
                 <w:pPr>
                   <w:pStyle w:val="CommentText"/>
                   <w:tabs>
                     <w:tab w:val="left" w:pos="720"/>
                   </w:tabs>
                   <w:ind w:left="0" w:firstLine="0"/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MS Gothic" w:hint="eastAsia"/>
                     <w:lang w:bidi="cy-GB"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
           <w:p w14:paraId="2AC78B52" w14:textId="77777777" w:rsidR="005572D0" w:rsidRDefault="005572D0">
             <w:pPr>
               <w:pStyle w:val="CommentText"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
@@ -10091,50 +10054,51 @@
               </w:rPr>
               <w:t>Contract - Erthygl 6(1)(b)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6237" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:id w:val="1225724019"/>
               <w14:checkbox>
                 <w14:checked w14:val="0"/>
                 <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                 <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
               </w14:checkbox>
             </w:sdtPr>
+            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="1C4831D7" w14:textId="77777777" w:rsidR="005572D0" w:rsidRDefault="005572D0">
                 <w:pPr>
                   <w:pStyle w:val="CommentText"/>
                   <w:tabs>
                     <w:tab w:val="left" w:pos="720"/>
                   </w:tabs>
                   <w:ind w:left="0" w:firstLine="0"/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MS Gothic" w:hint="eastAsia"/>
                     <w:lang w:bidi="cy-GB"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
           <w:p w14:paraId="18ACC0AD" w14:textId="77777777" w:rsidR="005572D0" w:rsidRDefault="005572D0">
             <w:pPr>
               <w:pStyle w:val="CommentText"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
@@ -10219,50 +10183,51 @@
                 <w:i/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6237" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:id w:val="1016735239"/>
               <w14:checkbox>
                 <w14:checked w14:val="0"/>
                 <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                 <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
               </w14:checkbox>
             </w:sdtPr>
+            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="6495CF31" w14:textId="77777777" w:rsidR="005572D0" w:rsidRDefault="005572D0">
                 <w:pPr>
                   <w:pStyle w:val="CommentText"/>
                   <w:tabs>
                     <w:tab w:val="left" w:pos="720"/>
                   </w:tabs>
                   <w:ind w:left="0" w:firstLine="0"/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MS Gothic" w:hint="eastAsia"/>
                     <w:lang w:bidi="cy-GB"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
           <w:p w14:paraId="623A7CD7" w14:textId="77777777" w:rsidR="005572D0" w:rsidRDefault="005572D0">
             <w:pPr>
               <w:pStyle w:val="CommentText"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
@@ -10357,50 +10322,51 @@
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6237" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:id w:val="-1992099122"/>
               <w14:checkbox>
                 <w14:checked w14:val="0"/>
                 <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                 <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
               </w14:checkbox>
             </w:sdtPr>
+            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="13D4DB7D" w14:textId="77777777" w:rsidR="005572D0" w:rsidRDefault="005572D0">
                 <w:pPr>
                   <w:pStyle w:val="CommentText"/>
                   <w:tabs>
                     <w:tab w:val="left" w:pos="720"/>
                   </w:tabs>
                   <w:ind w:left="0" w:firstLine="0"/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MS Gothic" w:hint="eastAsia"/>
                     <w:lang w:bidi="cy-GB"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
           <w:p w14:paraId="67F4F830" w14:textId="77777777" w:rsidR="005572D0" w:rsidRDefault="005572D0">
             <w:pPr>
               <w:pStyle w:val="CommentText"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
@@ -10469,50 +10435,51 @@
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6237" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:id w:val="-1953159843"/>
               <w14:checkbox>
                 <w14:checked w14:val="0"/>
                 <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                 <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
               </w14:checkbox>
             </w:sdtPr>
+            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="0F9DF9FB" w14:textId="77777777" w:rsidR="005572D0" w:rsidRDefault="005572D0">
                 <w:pPr>
                   <w:numPr>
                     <w:ilvl w:val="0"/>
                     <w:numId w:val="0"/>
                   </w:numPr>
                   <w:tabs>
                     <w:tab w:val="left" w:pos="720"/>
                   </w:tabs>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MS Gothic" w:hint="eastAsia"/>
                     <w:lang w:bidi="cy-GB"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
           <w:p w14:paraId="3A8BD745" w14:textId="77777777" w:rsidR="005572D0" w:rsidRDefault="005572D0">
             <w:pPr>
               <w:pStyle w:val="CommentText"/>
               <w:tabs>
@@ -10583,50 +10550,51 @@
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6237" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:id w:val="-167336742"/>
               <w14:checkbox>
                 <w14:checked w14:val="0"/>
                 <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                 <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
               </w14:checkbox>
             </w:sdtPr>
+            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="203D6076" w14:textId="77777777" w:rsidR="005572D0" w:rsidRDefault="005572D0">
                 <w:pPr>
                   <w:numPr>
                     <w:ilvl w:val="0"/>
                     <w:numId w:val="0"/>
                   </w:numPr>
                   <w:tabs>
                     <w:tab w:val="left" w:pos="720"/>
                   </w:tabs>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MS Gothic" w:hint="eastAsia"/>
                     <w:lang w:bidi="cy-GB"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
           <w:p w14:paraId="6DAA5958" w14:textId="77777777" w:rsidR="005572D0" w:rsidRDefault="005572D0">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
@@ -10838,50 +10806,51 @@
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6237" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:id w:val="-1883467919"/>
               <w14:checkbox>
                 <w14:checked w14:val="0"/>
                 <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                 <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
               </w14:checkbox>
             </w:sdtPr>
+            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="5BA58B8F" w14:textId="77777777" w:rsidR="005572D0" w:rsidRDefault="005572D0">
                 <w:pPr>
                   <w:pStyle w:val="CommentText"/>
                   <w:tabs>
                     <w:tab w:val="left" w:pos="720"/>
                   </w:tabs>
                   <w:ind w:left="0" w:firstLine="0"/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MS Gothic" w:hint="eastAsia"/>
                     <w:lang w:bidi="cy-GB"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
           <w:p w14:paraId="78E7CCB4" w14:textId="77777777" w:rsidR="005572D0" w:rsidRDefault="005572D0">
             <w:pPr>
               <w:pStyle w:val="CommentText"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
@@ -10948,50 +10917,51 @@
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6237" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:id w:val="1785924058"/>
               <w14:checkbox>
                 <w14:checked w14:val="0"/>
                 <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                 <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
               </w14:checkbox>
             </w:sdtPr>
+            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="3EB49F86" w14:textId="77777777" w:rsidR="005572D0" w:rsidRDefault="005572D0">
                 <w:pPr>
                   <w:pStyle w:val="CommentText"/>
                   <w:tabs>
                     <w:tab w:val="left" w:pos="720"/>
                   </w:tabs>
                   <w:ind w:left="0" w:firstLine="0"/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MS Gothic" w:hint="eastAsia"/>
                     <w:lang w:bidi="cy-GB"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
           <w:p w14:paraId="3258B5B7" w14:textId="77777777" w:rsidR="005572D0" w:rsidRDefault="005572D0">
             <w:pPr>
               <w:pStyle w:val="CommentText"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
@@ -11080,50 +11050,51 @@
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6237" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:id w:val="1780447533"/>
               <w14:checkbox>
                 <w14:checked w14:val="0"/>
                 <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                 <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
               </w14:checkbox>
             </w:sdtPr>
+            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="5F9AB2E5" w14:textId="77777777" w:rsidR="005572D0" w:rsidRDefault="005572D0">
                 <w:pPr>
                   <w:pStyle w:val="CommentText"/>
                   <w:tabs>
                     <w:tab w:val="left" w:pos="720"/>
                   </w:tabs>
                   <w:ind w:left="0" w:firstLine="0"/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MS Gothic" w:hint="eastAsia"/>
                     <w:lang w:bidi="cy-GB"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
           <w:p w14:paraId="4CCDEF2E" w14:textId="77777777" w:rsidR="005572D0" w:rsidRDefault="005572D0">
             <w:pPr>
               <w:pStyle w:val="CommentText"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
@@ -11176,50 +11147,51 @@
               </w:rPr>
               <w:t>Gweithgareddau Cyfreithlon – Erthygl 9 (2)(d)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6237" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:id w:val="-992332575"/>
               <w14:checkbox>
                 <w14:checked w14:val="0"/>
                 <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                 <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
               </w14:checkbox>
             </w:sdtPr>
+            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="1941FB86" w14:textId="77777777" w:rsidR="005572D0" w:rsidRDefault="005572D0">
                 <w:pPr>
                   <w:numPr>
                     <w:ilvl w:val="0"/>
                     <w:numId w:val="0"/>
                   </w:numPr>
                   <w:tabs>
                     <w:tab w:val="left" w:pos="720"/>
                   </w:tabs>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MS Gothic" w:hint="eastAsia"/>
                     <w:lang w:bidi="cy-GB"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
           <w:p w14:paraId="135B0E03" w14:textId="77777777" w:rsidR="005572D0" w:rsidRDefault="005572D0">
             <w:pPr>
               <w:pStyle w:val="CommentText"/>
               <w:tabs>
@@ -11272,50 +11244,51 @@
                 <w:lang w:bidi="cy-GB"/>
               </w:rPr>
               <w:t>Cyhoeddwyd yn amlwg gan y testun data – Erthygl 9 (2)(e)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6237" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:id w:val="826862859"/>
               <w14:checkbox>
                 <w14:checked w14:val="0"/>
                 <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                 <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
               </w14:checkbox>
             </w:sdtPr>
+            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="4BEEDD3A" w14:textId="77777777" w:rsidR="005572D0" w:rsidRDefault="005572D0">
                 <w:pPr>
                   <w:numPr>
                     <w:ilvl w:val="0"/>
                     <w:numId w:val="0"/>
                   </w:numPr>
                   <w:tabs>
                     <w:tab w:val="left" w:pos="720"/>
                   </w:tabs>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MS Gothic" w:hint="eastAsia"/>
                     <w:lang w:bidi="cy-GB"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
           <w:p w14:paraId="25A9C5E6" w14:textId="77777777" w:rsidR="005572D0" w:rsidRDefault="005572D0">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
@@ -11358,69 +11331,70 @@
                 <w:rFonts w:cs="Arial"/>
                 <w:lang w:bidi="cy-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">Sefydlu, ymarfer neu amddiffyn hawliadau cyfreithiol neu lle mae </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:lang w:bidi="cy-GB"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>llysoedd yn gweithredu yn eu swyddogaeth farnwrol – Erthygl 9 (2)(f)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6237" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6C58D162" w14:textId="77777777" w:rsidR="005572D0" w:rsidRDefault="00000000">
+          <w:p w14:paraId="6C58D162" w14:textId="77777777" w:rsidR="005572D0" w:rsidRDefault="00C25792">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="1092740556"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="005572D0">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MS Gothic" w:hint="eastAsia"/>
                     <w:lang w:bidi="cy-GB"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
           <w:p w14:paraId="26657CA9" w14:textId="77777777" w:rsidR="005572D0" w:rsidRDefault="005572D0">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005572D0" w14:paraId="0850748F" w14:textId="77777777" w:rsidTr="005572D0">
@@ -11456,50 +11430,51 @@
               <w:lastRenderedPageBreak/>
               <w:t>Angenrheidiol am resymau o ddiddordeb cyhoeddus sylweddol - Erthygl 9(2)(g)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6237" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:id w:val="-1015385010"/>
               <w14:checkbox>
                 <w14:checked w14:val="0"/>
                 <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                 <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
               </w14:checkbox>
             </w:sdtPr>
+            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="341EA86B" w14:textId="77777777" w:rsidR="005572D0" w:rsidRDefault="005572D0">
                 <w:pPr>
                   <w:numPr>
                     <w:ilvl w:val="0"/>
                     <w:numId w:val="0"/>
                   </w:numPr>
                   <w:tabs>
                     <w:tab w:val="left" w:pos="720"/>
                   </w:tabs>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MS Gothic" w:hint="eastAsia"/>
                     <w:lang w:bidi="cy-GB"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
           <w:p w14:paraId="172FEBFD" w14:textId="77777777" w:rsidR="005572D0" w:rsidRDefault="005572D0">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
@@ -11812,50 +11787,51 @@
               </w:rPr>
               <w:t>Ymchwil – Erthygl 9(2)(j)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6237" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:id w:val="-1937125086"/>
               <w14:checkbox>
                 <w14:checked w14:val="0"/>
                 <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                 <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
               </w14:checkbox>
             </w:sdtPr>
+            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="2CA866AF" w14:textId="77777777" w:rsidR="005572D0" w:rsidRDefault="005572D0">
                 <w:pPr>
                   <w:numPr>
                     <w:ilvl w:val="0"/>
                     <w:numId w:val="0"/>
                   </w:numPr>
                   <w:tabs>
                     <w:tab w:val="left" w:pos="2235"/>
                   </w:tabs>
                   <w:ind w:left="624" w:hanging="624"/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MS Gothic" w:hint="eastAsia"/>
                     <w:lang w:bidi="cy-GB"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
           <w:p w14:paraId="5378046A" w14:textId="77777777" w:rsidR="005572D0" w:rsidRDefault="005572D0">
             <w:pPr>
               <w:numPr>
@@ -12043,69 +12019,70 @@
               <w:rPr>
                 <w:i/>
                 <w:highlight w:val="yellow"/>
                 <w:lang w:bidi="cy-GB"/>
               </w:rPr>
               <w:t>[Dylech eisoes fod wedi dewis sail gyfreithlon ar gyfer prosesu o dan Erthygl 6]</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="27657974" w14:textId="77777777" w:rsidR="005572D0" w:rsidRDefault="005572D0">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:bidi="cy-GB"/>
               </w:rPr>
               <w:t>Prosesu:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7AF10FEF" w14:textId="77777777" w:rsidR="005572D0" w:rsidRDefault="00000000">
+          <w:p w14:paraId="7AF10FEF" w14:textId="77777777" w:rsidR="005572D0" w:rsidRDefault="00C25792">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="-405540698"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="005572D0">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MS Gothic" w:hint="eastAsia"/>
                     <w:lang w:bidi="cy-GB"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="005572D0">
               <w:rPr>
                 <w:lang w:bidi="cy-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">Wedi'i gyflawni o dan reolaeth awdurdod swyddogol / awdurdod cymwys </w:t>
             </w:r>
             <w:r w:rsidR="005572D0">
               <w:rPr>
                 <w:i/>
                 <w:highlight w:val="yellow"/>
                 <w:lang w:bidi="cy-GB"/>
               </w:rPr>
               <w:t>[os yw wedi’i dicio, symudwch i dabl 4]</w:t>
             </w:r>
           </w:p>
@@ -12352,69 +12329,70 @@
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="51BD20F8" w14:textId="77777777" w:rsidR="005572D0" w:rsidRDefault="005572D0">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:spacing w:after="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6383" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5FA6BAA2" w14:textId="77777777" w:rsidR="005572D0" w:rsidRDefault="00000000">
+          <w:p w14:paraId="5FA6BAA2" w14:textId="77777777" w:rsidR="005572D0" w:rsidRDefault="00C25792">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="-1497947388"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="005572D0">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MS Gothic" w:hint="eastAsia"/>
                     <w:lang w:bidi="cy-GB"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="005572D0">
               <w:rPr>
                 <w:lang w:bidi="cy-GB"/>
               </w:rPr>
               <w:t>Yn cwrdd ag amod perthnasol yn Rhan 1, 2 neu 3 o Atodlen 1 Deddf Diogelu Data 2018. Yr amod perthnasol yw:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1A52D250" w14:textId="77777777" w:rsidR="005572D0" w:rsidRDefault="005572D0">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
@@ -12545,69 +12523,70 @@
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="38921CA8" w14:textId="77777777" w:rsidR="005572D0" w:rsidRDefault="005572D0">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:bidi="cy-GB"/>
               </w:rPr>
               <w:t>Mae Rhan 3, Pennod 2, Adran 35 (2) o Ddeddf Diogelu Data 2018 yn amlinellu'r seiliau cyfreithiol ar gyfer rhannu data personol at ddibenion gorfodi'r gyfraith. Mae'r prosesu yn seiliedig ar y gyfraith a (dewiswch un):</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="58622DA0" w14:textId="77777777" w:rsidR="005572D0" w:rsidRDefault="00000000">
+          <w:p w14:paraId="58622DA0" w14:textId="77777777" w:rsidR="005572D0" w:rsidRDefault="00C25792">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="-1462566642"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="005572D0">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MS Gothic" w:hint="eastAsia"/>
                     <w:lang w:bidi="cy-GB"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="005572D0">
               <w:rPr>
                 <w:lang w:bidi="cy-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> 35(2)(a) Mae’r testun data wedi rhoi cydsyniad.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005572D0" w14:paraId="10EDA537" w14:textId="77777777" w:rsidTr="005572D0">
         <w:trPr>
           <w:trHeight w:val="151"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -12836,69 +12815,70 @@
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="2FDD38CA" w14:textId="77777777" w:rsidR="005572D0" w:rsidRDefault="005572D0">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:spacing w:after="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6402" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="54D874E6" w14:textId="77777777" w:rsidR="005572D0" w:rsidRDefault="00000000">
+          <w:p w14:paraId="54D874E6" w14:textId="77777777" w:rsidR="005572D0" w:rsidRDefault="00C25792">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="-618526258"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="005572D0">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MS Gothic" w:hint="eastAsia"/>
                     <w:lang w:bidi="cy-GB"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="005572D0">
               <w:rPr>
                 <w:lang w:bidi="cy-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> 35(2)(b) Mae'r prosesu yn angenrheidiol ar gyfer cyflawni tasg a gyflawnir at y diben hwnnw gan awdurdod cymwys.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005572D0" w14:paraId="5BF7DAE8" w14:textId="77777777" w:rsidTr="005572D0">
         <w:trPr>
           <w:trHeight w:val="1484"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -13014,69 +12994,70 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:bidi="cy-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">Mae Rhan 3, Pennod 2, Adran 35 (3) o Ddeddf Diogelu Data 2018 yn amlinellu'r seiliau cyfreithiol ar gyfer rhannu categorïau sensitif / arbennig o ddata at ddibenion gorfodi'r gyfraith. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="393521EA" w14:textId="77777777" w:rsidR="005572D0" w:rsidRDefault="005572D0">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:bidi="cy-GB"/>
               </w:rPr>
               <w:t>Y sail gyfreithlon yw (dewiswch un):</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4662EBAB" w14:textId="77777777" w:rsidR="005572D0" w:rsidRDefault="00000000">
+          <w:p w14:paraId="4662EBAB" w14:textId="77777777" w:rsidR="005572D0" w:rsidRDefault="00C25792">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="1743751037"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="005572D0">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MS Gothic" w:hint="eastAsia"/>
                     <w:lang w:bidi="cy-GB"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="005572D0">
               <w:rPr>
                 <w:lang w:bidi="cy-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> 35(4) Mae’r testun data wedi rhoi cydsyniad. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005572D0" w14:paraId="4CBB4464" w14:textId="77777777" w:rsidTr="005572D0">
         <w:trPr>
           <w:trHeight w:val="173"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -13314,69 +13295,70 @@
           <w:p w14:paraId="7A79934E" w14:textId="77777777" w:rsidR="005572D0" w:rsidRDefault="005572D0">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6402" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="25151990" w14:textId="77777777" w:rsidR="005572D0" w:rsidRDefault="00000000">
+          <w:p w14:paraId="25151990" w14:textId="77777777" w:rsidR="005572D0" w:rsidRDefault="00C25792">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="-1515762530"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="005572D0">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MS Gothic" w:hint="eastAsia"/>
                     <w:lang w:bidi="cy-GB"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="005572D0">
               <w:rPr>
                 <w:lang w:bidi="cy-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> 35(5) Mae'r prosesu yn gwbl angenrheidiol at ddiben gorfodi'r gyfraith, ac</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="35827777" w14:textId="77777777" w:rsidR="005572D0" w:rsidRDefault="005572D0">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
@@ -14685,72 +14667,72 @@
         <w:rPr>
           <w:strike/>
           <w:color w:val="FF0000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DE450D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:highlight w:val="yellow"/>
           <w:lang w:bidi="cy-GB"/>
         </w:rPr>
         <w:t>[Rhowch dablau ychwanegol os oes angen]</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00EC60A7" w:rsidRPr="004D40DD" w:rsidSect="00243898">
       <w:pgSz w:w="16840" w:h="11907" w:orient="landscape" w:code="9"/>
       <w:pgMar w:top="1134" w:right="851" w:bottom="1134" w:left="1304" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2F2C2D65" w14:textId="77777777" w:rsidR="00243898" w:rsidRDefault="00243898">
+    <w:p w14:paraId="4ED136CB" w14:textId="77777777" w:rsidR="00C25792" w:rsidRDefault="00C25792">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4CD64E56" w14:textId="77777777" w:rsidR="00243898" w:rsidRDefault="00243898"/>
+    <w:p w14:paraId="4B2FF545" w14:textId="77777777" w:rsidR="00C25792" w:rsidRDefault="00C25792"/>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="05536728" w14:textId="77777777" w:rsidR="00243898" w:rsidRDefault="00243898">
+    <w:p w14:paraId="1D4799D9" w14:textId="77777777" w:rsidR="00C25792" w:rsidRDefault="00C25792">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6BA913CA" w14:textId="77777777" w:rsidR="00243898" w:rsidRDefault="00243898"/>
+    <w:p w14:paraId="5EE5CD62" w14:textId="77777777" w:rsidR="00C25792" w:rsidRDefault="00C25792"/>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
@@ -14790,84 +14772,84 @@
   <w:font w:name="Garamond">
     <w:panose1 w:val="02020404030301010803"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="CG Times (W1)">
     <w:altName w:val="Times New Roman"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Bold">
     <w:altName w:val="Arial"/>
-    <w:panose1 w:val="020B0704020202020204"/>
+    <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI Symbol">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800001E3" w:usb1="1200FFEF" w:usb2="00040000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="47189CB7" w14:textId="110F019C" w:rsidR="00491228" w:rsidRPr="00371FDF" w:rsidRDefault="002955CF" w:rsidP="00371FDF">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:numPr>
         <w:ilvl w:val="0"/>
         <w:numId w:val="0"/>
       </w:numPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
         <w:lang w:bidi="cy-GB"/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="07BD7CEA" wp14:editId="49CB41FC">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="page">
             <wp:posOffset>4865744</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-880742</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="2408341" cy="1445005"/>
@@ -14906,51 +14888,51 @@
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="page">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="page">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="539A5119" w14:textId="77777777" w:rsidR="00491228" w:rsidRDefault="00491228" w:rsidP="00571C30">
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="0"/>
         <w:numId w:val="0"/>
       </w:numPr>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="62261F18" w14:textId="6B11652A" w:rsidR="00491228" w:rsidRDefault="00491228" w:rsidP="00571C30">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:numPr>
         <w:ilvl w:val="0"/>
         <w:numId w:val="0"/>
       </w:numPr>
       <w:pBdr>
         <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
       </w:pBdr>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4153"/>
         <w:tab w:val="clear" w:pos="8306"/>
         <w:tab w:val="right" w:pos="9781"/>
       </w:tabs>
       <w:spacing w:after="0"/>
       <w:rPr>
@@ -15023,51 +15005,51 @@
           <w:t>2</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:lang w:bidi="cy-GB"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:sdtContent>
     </w:sdt>
   </w:p>
   <w:p w14:paraId="6B83D4F3" w14:textId="77777777" w:rsidR="00491228" w:rsidRDefault="00491228" w:rsidP="00571C30">
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="0"/>
         <w:numId w:val="0"/>
       </w:numPr>
       <w:ind w:left="624" w:hanging="624"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="136B0E23" w14:textId="1EC47246" w:rsidR="00491228" w:rsidRDefault="00491228" w:rsidP="00571C30">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:numPr>
         <w:ilvl w:val="0"/>
         <w:numId w:val="0"/>
       </w:numPr>
       <w:pBdr>
         <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
       </w:pBdr>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4153"/>
         <w:tab w:val="clear" w:pos="8306"/>
         <w:tab w:val="right" w:pos="9781"/>
       </w:tabs>
       <w:spacing w:after="0"/>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:lang w:bidi="cy-GB"/>
@@ -15135,142 +15117,142 @@
       </w:sdtContent>
     </w:sdt>
   </w:p>
   <w:p w14:paraId="0D0A1F0C" w14:textId="77777777" w:rsidR="00491228" w:rsidRPr="00571C30" w:rsidRDefault="00491228" w:rsidP="008F171B">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:numPr>
         <w:ilvl w:val="0"/>
         <w:numId w:val="0"/>
       </w:numPr>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="561FBF30" w14:textId="77777777" w:rsidR="00491228" w:rsidRDefault="00491228" w:rsidP="0027683F">
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="0"/>
         <w:numId w:val="0"/>
       </w:numPr>
       <w:ind w:left="624"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="67270931" w14:textId="77777777" w:rsidR="00243898" w:rsidRDefault="00243898">
+    <w:p w14:paraId="54CC4CCE" w14:textId="77777777" w:rsidR="00C25792" w:rsidRDefault="00C25792">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5F989D60" w14:textId="77777777" w:rsidR="00243898" w:rsidRDefault="00243898"/>
+    <w:p w14:paraId="3CAB4C0F" w14:textId="77777777" w:rsidR="00C25792" w:rsidRDefault="00C25792"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="60B0A11C" w14:textId="77777777" w:rsidR="00243898" w:rsidRDefault="00243898">
+    <w:p w14:paraId="7A4F3047" w14:textId="77777777" w:rsidR="00C25792" w:rsidRDefault="00C25792">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7321A5C8" w14:textId="77777777" w:rsidR="00243898" w:rsidRDefault="00243898"/>
+    <w:p w14:paraId="4AFC03A9" w14:textId="77777777" w:rsidR="00C25792" w:rsidRDefault="00C25792"/>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="746A8CF8" w14:textId="77777777" w:rsidR="00491228" w:rsidRDefault="00491228" w:rsidP="004D53CD">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:numPr>
         <w:ilvl w:val="0"/>
         <w:numId w:val="0"/>
       </w:numPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1743CF11" w14:textId="77777777" w:rsidR="00491228" w:rsidRDefault="00491228">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="227E266E" w14:textId="77777777" w:rsidR="00491228" w:rsidRDefault="00491228"/>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="79B82FB7" w14:textId="77777777" w:rsidR="00491228" w:rsidRPr="008D3154" w:rsidRDefault="00491228" w:rsidP="008D3154">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:numPr>
         <w:ilvl w:val="0"/>
         <w:numId w:val="0"/>
       </w:numPr>
       <w:pBdr>
         <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
       </w:pBdr>
       <w:tabs>
         <w:tab w:val="clear" w:pos="8306"/>
         <w:tab w:val="right" w:pos="14601"/>
       </w:tabs>
       <w:ind w:left="624" w:hanging="624"/>
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="11558C1A" w14:textId="77777777" w:rsidR="00491228" w:rsidRDefault="00491228" w:rsidP="0027683F">
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="0"/>
         <w:numId w:val="0"/>
       </w:numPr>
       <w:ind w:left="624" w:hanging="624"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header4.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="6E3450FF" w14:textId="77777777" w:rsidR="00491228" w:rsidRDefault="00491228">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="023A1B95"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="945E56EC"/>
     <w:lvl w:ilvl="0" w:tplc="2CD8E3F2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="Bull"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
@@ -16489,51 +16471,51 @@
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="1342930416">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="2004821537">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="12"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:displayBackgroundShape/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3001" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="0" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="120"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
@@ -17206,50 +17188,51 @@
     <w:rsid w:val="00340E23"/>
     <w:rsid w:val="00340E41"/>
     <w:rsid w:val="0034144C"/>
     <w:rsid w:val="00341E6D"/>
     <w:rsid w:val="00341EE7"/>
     <w:rsid w:val="00342E83"/>
     <w:rsid w:val="00343A05"/>
     <w:rsid w:val="00343AF0"/>
     <w:rsid w:val="003442B9"/>
     <w:rsid w:val="00344984"/>
     <w:rsid w:val="0034580F"/>
     <w:rsid w:val="00345D4B"/>
     <w:rsid w:val="00347E88"/>
     <w:rsid w:val="00350532"/>
     <w:rsid w:val="00350C5E"/>
     <w:rsid w:val="00350D9B"/>
     <w:rsid w:val="003515F8"/>
     <w:rsid w:val="0035183A"/>
     <w:rsid w:val="0035318D"/>
     <w:rsid w:val="00353731"/>
     <w:rsid w:val="00353D85"/>
     <w:rsid w:val="00354364"/>
     <w:rsid w:val="00354BA0"/>
     <w:rsid w:val="00354D5E"/>
     <w:rsid w:val="00355DFE"/>
+    <w:rsid w:val="0035675F"/>
     <w:rsid w:val="003571C7"/>
     <w:rsid w:val="00360B28"/>
     <w:rsid w:val="0036184F"/>
     <w:rsid w:val="00361A79"/>
     <w:rsid w:val="0036200E"/>
     <w:rsid w:val="003621D9"/>
     <w:rsid w:val="00362B85"/>
     <w:rsid w:val="0036314B"/>
     <w:rsid w:val="0036360F"/>
     <w:rsid w:val="003649F2"/>
     <w:rsid w:val="00370849"/>
     <w:rsid w:val="00370AA6"/>
     <w:rsid w:val="003718E0"/>
     <w:rsid w:val="00371FDF"/>
     <w:rsid w:val="0037207C"/>
     <w:rsid w:val="00372352"/>
     <w:rsid w:val="0037298F"/>
     <w:rsid w:val="00372CD3"/>
     <w:rsid w:val="00373A35"/>
     <w:rsid w:val="003742CE"/>
     <w:rsid w:val="00374A66"/>
     <w:rsid w:val="003755F4"/>
     <w:rsid w:val="00377AD0"/>
     <w:rsid w:val="00380281"/>
     <w:rsid w:val="00382757"/>
@@ -17359,54 +17342,56 @@
     <w:rsid w:val="00420D0B"/>
     <w:rsid w:val="00422390"/>
     <w:rsid w:val="00422BDF"/>
     <w:rsid w:val="00422E8E"/>
     <w:rsid w:val="004238DD"/>
     <w:rsid w:val="00423ABE"/>
     <w:rsid w:val="004245FA"/>
     <w:rsid w:val="00425302"/>
     <w:rsid w:val="00426636"/>
     <w:rsid w:val="00426895"/>
     <w:rsid w:val="00426948"/>
     <w:rsid w:val="004275F3"/>
     <w:rsid w:val="0043086E"/>
     <w:rsid w:val="00430EE9"/>
     <w:rsid w:val="00431A98"/>
     <w:rsid w:val="00431B8B"/>
     <w:rsid w:val="00432FEA"/>
     <w:rsid w:val="004339C7"/>
     <w:rsid w:val="0043409D"/>
     <w:rsid w:val="004352D6"/>
     <w:rsid w:val="00435711"/>
     <w:rsid w:val="00435932"/>
     <w:rsid w:val="00437367"/>
     <w:rsid w:val="0043785E"/>
     <w:rsid w:val="00437C4D"/>
+    <w:rsid w:val="004406ED"/>
     <w:rsid w:val="0044072C"/>
     <w:rsid w:val="00440752"/>
     <w:rsid w:val="00440871"/>
     <w:rsid w:val="004414B0"/>
+    <w:rsid w:val="004414F0"/>
     <w:rsid w:val="00441F56"/>
     <w:rsid w:val="00442ACD"/>
     <w:rsid w:val="00442C66"/>
     <w:rsid w:val="00442FF9"/>
     <w:rsid w:val="004436EC"/>
     <w:rsid w:val="004440A3"/>
     <w:rsid w:val="00444615"/>
     <w:rsid w:val="004453C6"/>
     <w:rsid w:val="00445421"/>
     <w:rsid w:val="00445436"/>
     <w:rsid w:val="00447128"/>
     <w:rsid w:val="0044715E"/>
     <w:rsid w:val="004511BB"/>
     <w:rsid w:val="00451684"/>
     <w:rsid w:val="00452B42"/>
     <w:rsid w:val="00452B51"/>
     <w:rsid w:val="00452CE5"/>
     <w:rsid w:val="00455F0B"/>
     <w:rsid w:val="0045689D"/>
     <w:rsid w:val="004568BD"/>
     <w:rsid w:val="004575B3"/>
     <w:rsid w:val="00457EF2"/>
     <w:rsid w:val="004616E0"/>
     <w:rsid w:val="00462C07"/>
     <w:rsid w:val="0046414C"/>
@@ -17964,50 +17949,51 @@
     <w:rsid w:val="007B50DD"/>
     <w:rsid w:val="007B5D0A"/>
     <w:rsid w:val="007B671F"/>
     <w:rsid w:val="007C0F62"/>
     <w:rsid w:val="007C12FE"/>
     <w:rsid w:val="007C1945"/>
     <w:rsid w:val="007C1ADA"/>
     <w:rsid w:val="007C1AEB"/>
     <w:rsid w:val="007C23FF"/>
     <w:rsid w:val="007C267B"/>
     <w:rsid w:val="007C3F56"/>
     <w:rsid w:val="007C5F4E"/>
     <w:rsid w:val="007C7F4D"/>
     <w:rsid w:val="007D1113"/>
     <w:rsid w:val="007D1450"/>
     <w:rsid w:val="007D1C37"/>
     <w:rsid w:val="007D1EAD"/>
     <w:rsid w:val="007D29DA"/>
     <w:rsid w:val="007D2D98"/>
     <w:rsid w:val="007D36B9"/>
     <w:rsid w:val="007D37DD"/>
     <w:rsid w:val="007D3D90"/>
     <w:rsid w:val="007D3F96"/>
     <w:rsid w:val="007D4A33"/>
     <w:rsid w:val="007D5F41"/>
+    <w:rsid w:val="007D69C2"/>
     <w:rsid w:val="007D6AA1"/>
     <w:rsid w:val="007D6E9B"/>
     <w:rsid w:val="007D716E"/>
     <w:rsid w:val="007D7263"/>
     <w:rsid w:val="007E05C6"/>
     <w:rsid w:val="007E1001"/>
     <w:rsid w:val="007E27BC"/>
     <w:rsid w:val="007E2B53"/>
     <w:rsid w:val="007E2CA9"/>
     <w:rsid w:val="007E2D6F"/>
     <w:rsid w:val="007E3659"/>
     <w:rsid w:val="007E3BD9"/>
     <w:rsid w:val="007E424D"/>
     <w:rsid w:val="007E45F8"/>
     <w:rsid w:val="007E4A6F"/>
     <w:rsid w:val="007E4E10"/>
     <w:rsid w:val="007E5761"/>
     <w:rsid w:val="007E5CF0"/>
     <w:rsid w:val="007E60A3"/>
     <w:rsid w:val="007E7178"/>
     <w:rsid w:val="007E7496"/>
     <w:rsid w:val="007F00C2"/>
     <w:rsid w:val="007F0D13"/>
     <w:rsid w:val="007F17E2"/>
     <w:rsid w:val="007F1A2C"/>
@@ -18761,50 +18747,51 @@
     <w:rsid w:val="00C0411D"/>
     <w:rsid w:val="00C0494E"/>
     <w:rsid w:val="00C0523B"/>
     <w:rsid w:val="00C05636"/>
     <w:rsid w:val="00C05892"/>
     <w:rsid w:val="00C05AFE"/>
     <w:rsid w:val="00C05B1A"/>
     <w:rsid w:val="00C05BFE"/>
     <w:rsid w:val="00C11888"/>
     <w:rsid w:val="00C1246F"/>
     <w:rsid w:val="00C132D5"/>
     <w:rsid w:val="00C134D3"/>
     <w:rsid w:val="00C14A06"/>
     <w:rsid w:val="00C161B0"/>
     <w:rsid w:val="00C165A5"/>
     <w:rsid w:val="00C16976"/>
     <w:rsid w:val="00C17BB3"/>
     <w:rsid w:val="00C17DB6"/>
     <w:rsid w:val="00C17F02"/>
     <w:rsid w:val="00C20457"/>
     <w:rsid w:val="00C20B57"/>
     <w:rsid w:val="00C20D2A"/>
     <w:rsid w:val="00C2262B"/>
     <w:rsid w:val="00C2306E"/>
     <w:rsid w:val="00C24408"/>
+    <w:rsid w:val="00C25792"/>
     <w:rsid w:val="00C25948"/>
     <w:rsid w:val="00C25AFA"/>
     <w:rsid w:val="00C25FE2"/>
     <w:rsid w:val="00C26388"/>
     <w:rsid w:val="00C265D1"/>
     <w:rsid w:val="00C26FD2"/>
     <w:rsid w:val="00C274AF"/>
     <w:rsid w:val="00C30ECC"/>
     <w:rsid w:val="00C32F88"/>
     <w:rsid w:val="00C3368D"/>
     <w:rsid w:val="00C35497"/>
     <w:rsid w:val="00C35CDD"/>
     <w:rsid w:val="00C35E81"/>
     <w:rsid w:val="00C36B17"/>
     <w:rsid w:val="00C36E23"/>
     <w:rsid w:val="00C37012"/>
     <w:rsid w:val="00C370D5"/>
     <w:rsid w:val="00C374C7"/>
     <w:rsid w:val="00C4090B"/>
     <w:rsid w:val="00C4274A"/>
     <w:rsid w:val="00C42994"/>
     <w:rsid w:val="00C43B33"/>
     <w:rsid w:val="00C45791"/>
     <w:rsid w:val="00C4620C"/>
     <w:rsid w:val="00C46409"/>
@@ -19000,50 +18987,51 @@
     <w:rsid w:val="00D56FA6"/>
     <w:rsid w:val="00D570B1"/>
     <w:rsid w:val="00D57636"/>
     <w:rsid w:val="00D60F4F"/>
     <w:rsid w:val="00D60F70"/>
     <w:rsid w:val="00D61146"/>
     <w:rsid w:val="00D61298"/>
     <w:rsid w:val="00D61BBC"/>
     <w:rsid w:val="00D62707"/>
     <w:rsid w:val="00D62B2A"/>
     <w:rsid w:val="00D6346C"/>
     <w:rsid w:val="00D63512"/>
     <w:rsid w:val="00D636FB"/>
     <w:rsid w:val="00D639E1"/>
     <w:rsid w:val="00D645C4"/>
     <w:rsid w:val="00D65847"/>
     <w:rsid w:val="00D66273"/>
     <w:rsid w:val="00D66640"/>
     <w:rsid w:val="00D66BB9"/>
     <w:rsid w:val="00D70724"/>
     <w:rsid w:val="00D70EF6"/>
     <w:rsid w:val="00D711FF"/>
     <w:rsid w:val="00D71335"/>
     <w:rsid w:val="00D72263"/>
     <w:rsid w:val="00D72555"/>
+    <w:rsid w:val="00D72593"/>
     <w:rsid w:val="00D75359"/>
     <w:rsid w:val="00D75497"/>
     <w:rsid w:val="00D75D57"/>
     <w:rsid w:val="00D77C48"/>
     <w:rsid w:val="00D8016F"/>
     <w:rsid w:val="00D8080F"/>
     <w:rsid w:val="00D82A67"/>
     <w:rsid w:val="00D82F07"/>
     <w:rsid w:val="00D8386F"/>
     <w:rsid w:val="00D84BBF"/>
     <w:rsid w:val="00D84E2C"/>
     <w:rsid w:val="00D859AE"/>
     <w:rsid w:val="00D86718"/>
     <w:rsid w:val="00D871BF"/>
     <w:rsid w:val="00D902C5"/>
     <w:rsid w:val="00D904DC"/>
     <w:rsid w:val="00D90AF1"/>
     <w:rsid w:val="00D912BA"/>
     <w:rsid w:val="00D924BB"/>
     <w:rsid w:val="00D934EE"/>
     <w:rsid w:val="00D93690"/>
     <w:rsid w:val="00D951E5"/>
     <w:rsid w:val="00D95A2F"/>
     <w:rsid w:val="00D96AFE"/>
     <w:rsid w:val="00D97302"/>
@@ -19474,51 +19462,51 @@
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="09C5C5EE"/>
   <w15:docId w15:val="{F876395A-AE3C-42D0-A39D-8A693F339A33}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
         <w:lang w:val="cy-GB" w:eastAsia="en-GB" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -21608,51 +21596,51 @@
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Revision">
     <w:name w:val="Revision"/>
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="007E2CA9"/>
   </w:style>
   <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="007F0D13"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="129783578">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="135686184">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -22122,51 +22110,51 @@
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2100564971">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:/Documents%20and%20Settings/om166585/Local%20Settings/Temporary%20Internet%20Files/je126730/AppData/Roaming/Microsoft/Version%203/ISP/www.waspi.org" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header4.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ico.org.uk/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.waspi.org/Documents/702/ISP%20Guidance%20Dec%2010.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.waspi.llyw.cymru" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header4.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ico.org.uk/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.waspi.llyw.cymru/files/waspi-framework-documentation/jca-guidance-welsh/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
@@ -22433,79 +22421,96 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101005B128E63DCD10A4D9E8CE266869C4385" ma:contentTypeVersion="15" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="847d1540541ec7881720a84c03d6c97a">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="3b72df1d-b2bc-4c0e-b3e6-e6a8480d0b49" xmlns:ns3="fb607282-44d8-4ca5-afc6-a886f12e8bd7" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="ed966d5073f1b77292b410b73179ac30" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101005B128E63DCD10A4D9E8CE266869C4385" ma:contentTypeVersion="17" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="783afb44950100633af95cedb6879e94">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="3b72df1d-b2bc-4c0e-b3e6-e6a8480d0b49" xmlns:ns3="fb607282-44d8-4ca5-afc6-a886f12e8bd7" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="cf6e89fe487a2c359ea91b2eede27a8a" ns1:_="" ns2:_="" ns3:_="">
+    <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
     <xsd:import namespace="3b72df1d-b2bc-4c0e-b3e6-e6a8480d0b49"/>
     <xsd:import namespace="fb607282-44d8-4ca5-afc6-a886f12e8bd7"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns1:_ip_UnifiedCompliancePolicyProperties" minOccurs="0"/>
+                <xsd:element ref="ns1:_ip_UnifiedCompliancePolicyUIAction" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="http://schemas.microsoft.com/sharepoint/v3" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="_ip_UnifiedCompliancePolicyProperties" ma:index="23" nillable="true" ma:displayName="Unified Compliance Policy Properties" ma:hidden="true" ma:internalName="_ip_UnifiedCompliancePolicyProperties">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="_ip_UnifiedCompliancePolicyUIAction" ma:index="24" nillable="true" ma:displayName="Unified Compliance Policy UI Action" ma:hidden="true" ma:internalName="_ip_UnifiedCompliancePolicyUIAction">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="3b72df1d-b2bc-4c0e-b3e6-e6a8480d0b49" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="10" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="12" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="cefaef41-70dc-4075-804e-d4e4dbdaeee0" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
         </xsd:sequence>
@@ -22686,151 +22691,170 @@
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <SharedWithUsers xmlns="fb607282-44d8-4ca5-afc6-a886f12e8bd7">
       <UserInfo>
         <DisplayName>John Sweeney (DHCW - Information Governance)</DisplayName>
         <AccountId>11</AccountId>
         <AccountType/>
       </UserInfo>
       <UserInfo>
         <DisplayName>Arran Evans (DHCW - Information Governance)</DisplayName>
         <AccountId>15</AccountId>
         <AccountType/>
       </UserInfo>
     </SharedWithUsers>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="3b72df1d-b2bc-4c0e-b3e6-e6a8480d0b49">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="fb607282-44d8-4ca5-afc6-a886f12e8bd7" xsi:nil="true"/>
+    <_ip_UnifiedCompliancePolicyUIAction xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <_ip_UnifiedCompliancePolicyProperties xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item4.xml>��< ? x m l   v e r s i o n = " 1 . 0 "   e n c o d i n g = " u t f - 1 6 " ? > < p r o p e r t i e s   x m l n s = " h t t p : / / w w w . i m a n a g e . c o m / w o r k / x m l s c h e m a " > 
  
      < d o c u m e n t i d > L e g a l ! 6 9 8 2 4 0 3 5 . 1 < / d o c u m e n t i d > 
  
      < s e n d e r i d > L E W I S T < / s e n d e r i d > 
  
      < s e n d e r e m a i l > T O M O S . L E W I S @ B L A K E M O R G A N . C O . U K < / s e n d e r e m a i l > 
  
      < l a s t m o d i f i e d > 2 0 2 4 - 0 3 - 1 0 T 1 9 : 4 8 : 0 0 . 0 0 0 0 0 0 0 + 0 0 : 0 0 < / l a s t m o d i f i e d > 
  
      < d a t a b a s e > L e g a l < / d a t a b a s e > 
  
  < / p r o p e r t i e s > 
 </file>
 
 <file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{09C88974-DA02-41B7-87C0-56C6326FAABA}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0A0F5B4D-93B0-48F1-932F-7E05E7FB1EEE}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
+    <ds:schemaRef ds:uri="3b72df1d-b2bc-4c0e-b3e6-e6a8480d0b49"/>
+    <ds:schemaRef ds:uri="fb607282-44d8-4ca5-afc6-a886f12e8bd7"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{71A8A77A-1964-46B1-AF18-8653A0D398F0}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="fb607282-44d8-4ca5-afc6-a886f12e8bd7"/>
     <ds:schemaRef ds:uri="3b72df1d-b2bc-4c0e-b3e6-e6a8480d0b49"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{ECCFB36F-6FBA-43F4-953A-2C1499F1B1A5}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A87A0A78-275A-4CD2-96F8-C99968000695}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://www.imanage.com/work/xmlschema"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D10A8D02-F3D8-47D7-990E-309132F2768E}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>22</Pages>
-  <Words>6662</Words>
-  <Characters>37974</Characters>
+  <Words>7072</Words>
+  <Characters>36014</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>316</Lines>
-  <Paragraphs>89</Paragraphs>
+  <Lines>1002</Lines>
+  <Paragraphs>363</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Template ISP</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>NWIS</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>44547</CharactersWithSpaces>
+  <CharactersWithSpaces>42860</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="120" baseType="variant">
       <vt:variant>
         <vt:i4>1376318</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>110</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>_Toc378671225</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1376318</vt:i4>
       </vt:variant>
       <vt:variant>