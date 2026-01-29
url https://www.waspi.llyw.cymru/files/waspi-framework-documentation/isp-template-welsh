--- v0 (2025-10-14)
+++ v1 (2026-01-29)
@@ -21,51 +21,51 @@
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer5.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer6.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header5.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header6.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer7.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header7.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/people.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.people+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="5C9AA9B6" w14:textId="0BD2E09A" w:rsidR="00720C7F" w:rsidRPr="004418D9" w:rsidRDefault="00932282" w:rsidP="00932282">
       <w:pPr>
         <w:pStyle w:val="MainHeading"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="2E962533" wp14:editId="5C9C4312">
             <wp:extent cx="4371975" cy="995906"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="1" name="Picture 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
@@ -605,81 +605,79 @@
               </w:tabs>
               <w:spacing w:after="360"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:lang w:val="cy-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004418D9">
               <w:rPr>
                 <w:lang w:bidi="cy"/>
               </w:rPr>
               <w:t xml:space="preserve">Do  </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:lang w:val="cy-GB"/>
                 </w:rPr>
                 <w:id w:val="1475566472"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="001346CB" w:rsidRPr="004418D9">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MS Gothic"/>
                     <w:lang w:bidi="cy"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidRPr="004418D9">
               <w:rPr>
                 <w:lang w:bidi="cy"/>
               </w:rPr>
               <w:tab/>
               <w:t xml:space="preserve">                     Naddo (esboniwch pam isod) </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:lang w:val="cy-GB"/>
                 </w:rPr>
                 <w:id w:val="-1163160479"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="001346CB" w:rsidRPr="004418D9">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MS Gothic"/>
                     <w:lang w:bidi="cy"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00340E23" w:rsidRPr="004418D9" w14:paraId="3107666F" w14:textId="77777777" w:rsidTr="00720C7F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9776" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="639292"/>
           </w:tcPr>
           <w:p w14:paraId="069C30C3" w14:textId="788E7CBA" w:rsidR="00340E23" w:rsidRPr="004418D9" w:rsidRDefault="00494A89" w:rsidP="002B695B">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
@@ -1022,80 +1020,78 @@
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:rPr>
                 <w:lang w:val="cy-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004418D9">
               <w:rPr>
                 <w:lang w:bidi="cy"/>
               </w:rPr>
               <w:t xml:space="preserve">Oes </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:lang w:val="cy-GB"/>
                 </w:rPr>
                 <w:id w:val="-582211332"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00720C7F" w:rsidRPr="004418D9">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MS Gothic"/>
                     <w:lang w:bidi="cy"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidRPr="004418D9">
               <w:rPr>
                 <w:lang w:bidi="cy"/>
               </w:rPr>
               <w:t xml:space="preserve">  Nac oes </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:lang w:val="cy-GB"/>
                 </w:rPr>
                 <w:id w:val="-2021691833"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00C66248" w:rsidRPr="004418D9">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MS Gothic"/>
                     <w:lang w:bidi="cy"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C17F02" w:rsidRPr="004418D9" w14:paraId="51B7DDB9" w14:textId="77777777" w:rsidTr="00720C7F">
         <w:trPr>
           <w:trHeight w:val="531"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9776" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
           <w:p w14:paraId="6A26BFFD" w14:textId="4704B6E5" w:rsidR="00C17F02" w:rsidRPr="004418D9" w:rsidRDefault="004418D9" w:rsidP="00713D2F">
             <w:pPr>
               <w:numPr>
@@ -1427,81 +1423,79 @@
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:lang w:val="cy-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004418D9">
               <w:rPr>
                 <w:lang w:bidi="cy"/>
               </w:rPr>
               <w:t xml:space="preserve">Oes  </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:lang w:val="cy-GB"/>
                 </w:rPr>
                 <w:id w:val="-292134308"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="0015466E" w:rsidRPr="004418D9">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MS Gothic"/>
                     <w:lang w:bidi="cy"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidRPr="004418D9">
               <w:rPr>
                 <w:lang w:bidi="cy"/>
               </w:rPr>
               <w:tab/>
               <w:t xml:space="preserve">                     Nac oes </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:lang w:val="cy-GB"/>
                 </w:rPr>
                 <w:id w:val="-1057619713"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="0015466E" w:rsidRPr="004418D9">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MS Gothic"/>
                     <w:lang w:bidi="cy"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="28B508F3" w14:textId="4B32DE8E" w:rsidR="00CC336A" w:rsidRPr="004418D9" w:rsidRDefault="00CC336A" w:rsidP="00CC336A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -2294,71 +2288,71 @@
           <w:numId w:val="0"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004418D9">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:bidi="cy"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Mae rhagor o wybodaeth am sut dylid datblygu ISP yn unol â fframwaith WASPI ar gael yn y</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4697DE68" w14:textId="147E4E8B" w:rsidR="00B04836" w:rsidRPr="004418D9" w:rsidRDefault="00470933" w:rsidP="00B04836">
+    <w:p w14:paraId="4697DE68" w14:textId="147E4E8B" w:rsidR="00B04836" w:rsidRPr="004418D9" w:rsidRDefault="00F13509" w:rsidP="00B04836">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:spacing w:after="360"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="AC1919"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId17" w:history="1">
-        <w:r w:rsidR="00F13509" w:rsidRPr="004418D9">
+        <w:r w:rsidRPr="004418D9">
           <w:rPr>
             <w:rFonts w:cs="Arial"/>
             <w:b/>
             <w:color w:val="AC1919"/>
             <w:sz w:val="32"/>
             <w:szCs w:val="32"/>
             <w:lang w:bidi="cy"/>
           </w:rPr>
           <w:t>Canllaw ar Ddatblygu Protocol Rhannu Gwybodaeth</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="4B3C0510" w14:textId="77777777" w:rsidR="00865BB6" w:rsidRPr="004418D9" w:rsidRDefault="00865BB6" w:rsidP="00B04836">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:spacing w:after="360"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
@@ -2410,81 +2404,91 @@
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:ind w:left="586" w:right="586"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:bidi="cy"/>
         </w:rPr>
         <w:t>Tîm Integreiddio a Datblygu Gwasanaeth WASPI ar:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4DCF7FE0" w14:textId="471819EF" w:rsidR="00B04836" w:rsidRPr="004418D9" w:rsidRDefault="00470933" w:rsidP="00F13509">
+    <w:p w14:paraId="4DCF7FE0" w14:textId="60D6DA96" w:rsidR="00B04836" w:rsidRPr="004418D9" w:rsidRDefault="00D5481C" w:rsidP="00F13509">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:ind w:left="586" w:right="586"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId18" w:history="1">
-        <w:r w:rsidR="00B04836" w:rsidRPr="004418D9">
+        <w:r w:rsidRPr="00736A34">
           <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cs="Arial"/>
-            <w:color w:val="AC1919"/>
             <w:sz w:val="32"/>
             <w:szCs w:val="32"/>
             <w:lang w:bidi="cy"/>
           </w:rPr>
-          <w:t>www.waspi.org</w:t>
+          <w:t>ww</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00736A34">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:cs="Arial"/>
+            <w:sz w:val="32"/>
+            <w:szCs w:val="32"/>
+            <w:lang w:bidi="cy"/>
+          </w:rPr>
+          <w:t>w.waspi.llyw.cymru</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="2C69A2E5" w14:textId="4EB8E66F" w:rsidR="00865BB6" w:rsidRPr="004418D9" w:rsidRDefault="00865BB6" w:rsidP="00B02DC9">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:spacing w:after="360"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="266D0B84" w14:textId="77777777" w:rsidR="00002FB9" w:rsidRPr="004418D9" w:rsidRDefault="00002FB9" w:rsidP="00B02DC9">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
@@ -4732,51 +4736,50 @@
             </w:pPr>
             <w:r w:rsidRPr="004418D9">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:lang w:bidi="cy"/>
               </w:rPr>
               <w:t xml:space="preserve">Adrannau / Is-adrannau / Timau </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006C5C14" w:rsidRPr="004418D9" w14:paraId="0650AE29" w14:textId="77777777" w:rsidTr="00271D4C">
         <w:trPr>
           <w:trHeight w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2E714EA4" w14:textId="312AC537" w:rsidR="006C5C14" w:rsidRPr="004418D9" w:rsidRDefault="006C5C14" w:rsidP="00C036AF">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="181" w:hanging="169"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:highlight w:val="yellow"/>
                 <w:lang w:val="cy-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004418D9">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:highlight w:val="yellow"/>
                 <w:lang w:bidi="cy"/>
               </w:rPr>
               <w:t>[Nodwch enw’r sefydliad yma]</w:t>
             </w:r>
@@ -4823,51 +4826,50 @@
                 <w:highlight w:val="yellow"/>
                 <w:lang w:bidi="cy"/>
               </w:rPr>
               <w:t>– Nodwch rolau nid enwau unigol</w:t>
             </w:r>
             <w:r w:rsidRPr="00F91490">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:highlight w:val="yellow"/>
                 <w:lang w:bidi="cy"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2722" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="38CE43EB" w14:textId="77777777" w:rsidR="00C036AF" w:rsidRPr="004418D9" w:rsidRDefault="006C5C14" w:rsidP="009A11AF">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="181" w:hanging="169"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:highlight w:val="yellow"/>
                 <w:lang w:val="cy-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004418D9">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:highlight w:val="yellow"/>
                 <w:lang w:bidi="cy"/>
               </w:rPr>
               <w:t xml:space="preserve">[Nodwch adrannau/ </w:t>
             </w:r>
@@ -4891,51 +4893,50 @@
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:highlight w:val="yellow"/>
                 <w:lang w:bidi="cy"/>
               </w:rPr>
               <w:t>isadrannau]</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006C5C14" w:rsidRPr="004418D9" w14:paraId="1D276186" w14:textId="77777777" w:rsidTr="00271D4C">
         <w:trPr>
           <w:trHeight w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="60360AB2" w14:textId="5C106B0E" w:rsidR="006C5C14" w:rsidRPr="004418D9" w:rsidRDefault="00C036AF" w:rsidP="00CC2DF2">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="181" w:hanging="169"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="cy-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004418D9">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:highlight w:val="yellow"/>
                 <w:lang w:bidi="cy"/>
               </w:rPr>
               <w:t>[Nodwch enw’r sefydliad yma]</w:t>
             </w:r>
           </w:p>
@@ -4990,51 +4991,50 @@
                 <w:highlight w:val="yellow"/>
                 <w:lang w:bidi="cy"/>
               </w:rPr>
               <w:t>– Nodwch rolau nid enwau unigol</w:t>
             </w:r>
             <w:r w:rsidRPr="00F91490">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:highlight w:val="yellow"/>
                 <w:lang w:bidi="cy"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2722" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="568B4122" w14:textId="77777777" w:rsidR="00C036AF" w:rsidRPr="004418D9" w:rsidRDefault="00C036AF" w:rsidP="00C036AF">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="181" w:hanging="169"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:highlight w:val="yellow"/>
                 <w:lang w:val="cy-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004418D9">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:highlight w:val="yellow"/>
                 <w:lang w:bidi="cy"/>
               </w:rPr>
               <w:t xml:space="preserve">[Nodwch adrannau/ </w:t>
             </w:r>
@@ -5058,51 +5058,50 @@
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:highlight w:val="yellow"/>
                 <w:lang w:bidi="cy"/>
               </w:rPr>
               <w:t>isadrannau]</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006C5C14" w:rsidRPr="004418D9" w14:paraId="754E92F7" w14:textId="77777777" w:rsidTr="00271D4C">
         <w:trPr>
           <w:trHeight w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0AD50A2E" w14:textId="095123C0" w:rsidR="006C5C14" w:rsidRPr="004418D9" w:rsidRDefault="009A11AF" w:rsidP="00C036AF">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="181" w:hanging="169"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="cy-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004418D9">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:highlight w:val="yellow"/>
                 <w:lang w:bidi="cy"/>
               </w:rPr>
               <w:t>[Ychwanegwch fwy o resi os oes angen]</w:t>
             </w:r>
@@ -5121,51 +5120,50 @@
           <w:p w14:paraId="29F4388A" w14:textId="77777777" w:rsidR="006C5C14" w:rsidRPr="004418D9" w:rsidRDefault="006C5C14" w:rsidP="00E17367">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="181"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="cy-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2722" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1929D7F5" w14:textId="77777777" w:rsidR="006C5C14" w:rsidRPr="004418D9" w:rsidRDefault="006C5C14" w:rsidP="00E17367">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="181"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="cy-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="6268FA13" w14:textId="3E44FDC0" w:rsidR="00665C39" w:rsidRPr="004418D9" w:rsidRDefault="00D10985" w:rsidP="007C12FE">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="624"/>
           <w:tab w:val="num" w:pos="600"/>
@@ -5299,64 +5297,64 @@
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="cy"/>
         </w:rPr>
         <w:t xml:space="preserve">Dylai ymarferwyr sy’n rhannu gwybodaeth yn unol â’r ISP hwn fod yn ymwybodol o weithdrefnau rheoli cofnodion a Llywodraethu Gwybodaeth eu sefydliad a chydymffurfio â nhw; yn benodol, y darpariaethau mewn perthynas â chasglu, prosesu a datgelu gwybodaeth bersonol. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3E3E9FBB" w14:textId="66A20F35" w:rsidR="0080317F" w:rsidRPr="004418D9" w:rsidRDefault="008776A6" w:rsidP="0080317F">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004418D9">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="cy"/>
         </w:rPr>
         <w:t xml:space="preserve">Dylid cymryd pob cam rhesymol i sicrhau bod data personol anghywir yn cael ei ddileu neu ei gywiro’n syth. Rhaid ystyried cynghori sefydliadau partner eu bod nhw o bosibl wedi derbyn gwybodaeth anghywir. Mewn achosion lle na ellir rhoi gwybod i sefydliadau partner, dylid gofyn i’r arweinydd Llywodraethu Gwybodaeth (neu gyfwerth)  am gyngor. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:id="3" w:name="_Toc84929955"/>
     <w:p w14:paraId="0382919E" w14:textId="6B0183C1" w:rsidR="00D171B6" w:rsidRPr="004418D9" w:rsidRDefault="0007519C" w:rsidP="00D171B6">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:tabs>
           <w:tab w:val="num" w:pos="600"/>
         </w:tabs>
         <w:spacing w:before="360" w:after="120"/>
         <w:ind w:hanging="1224"/>
         <w:rPr>
           <w:i w:val="0"/>
           <w:lang w:val="cy-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="3" w:name="_Toc84929955"/>
       <w:r w:rsidRPr="004418D9">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4D121E5C" wp14:editId="4B2390FA">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>22860</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>509905</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="6296025" cy="1404620"/>
                 <wp:effectExtent l="0" t="0" r="28575" b="13970"/>
                 <wp:wrapSquare wrapText="bothSides"/>
                 <wp:docPr id="217" name="Text Box 2"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
@@ -6457,51 +6455,50 @@
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6237" w:type="dxa"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:id w:val="1169064235"/>
               <w14:checkbox>
                 <w14:checked w14:val="0"/>
                 <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                 <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
               </w14:checkbox>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="1D509A0D" w14:textId="77777777" w:rsidR="00856593" w:rsidRPr="00F91490" w:rsidRDefault="00856593" w:rsidP="00856593">
                 <w:pPr>
                   <w:pStyle w:val="CommentText"/>
                   <w:numPr>
                     <w:ilvl w:val="0"/>
                     <w:numId w:val="0"/>
                   </w:numPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00F91490">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MS Gothic" w:hint="eastAsia"/>
                     <w:lang w:bidi="cy"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
           <w:p w14:paraId="41FCF3FC" w14:textId="5EB909B2" w:rsidR="00044FE7" w:rsidRPr="00044FE7" w:rsidRDefault="00044FE7" w:rsidP="00044FE7">
             <w:pPr>
               <w:pStyle w:val="CommentText"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
@@ -6625,51 +6622,50 @@
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F91490">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:lang w:bidi="cy"/>
               </w:rPr>
               <w:t>Contract - Erthygl 6(1)(b)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6237" w:type="dxa"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:id w:val="1225724019"/>
               <w14:checkbox>
                 <w14:checked w14:val="0"/>
                 <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                 <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
               </w14:checkbox>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="41DFAAA9" w14:textId="77777777" w:rsidR="00856593" w:rsidRPr="00F91490" w:rsidRDefault="00856593" w:rsidP="00856593">
                 <w:pPr>
                   <w:pStyle w:val="CommentText"/>
                   <w:numPr>
                     <w:ilvl w:val="0"/>
                     <w:numId w:val="0"/>
                   </w:numPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00F91490">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MS Gothic" w:hint="eastAsia"/>
                     <w:lang w:bidi="cy"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
           <w:p w14:paraId="3CA2FA66" w14:textId="77777777" w:rsidR="00856593" w:rsidRPr="00F91490" w:rsidRDefault="00856593" w:rsidP="00856593">
             <w:pPr>
               <w:pStyle w:val="CommentText"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
@@ -6736,51 +6732,50 @@
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:i/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6237" w:type="dxa"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:id w:val="1016735239"/>
               <w14:checkbox>
                 <w14:checked w14:val="0"/>
                 <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                 <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
               </w14:checkbox>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="30B81CAA" w14:textId="77777777" w:rsidR="00856593" w:rsidRPr="00F91490" w:rsidRDefault="00856593" w:rsidP="00856593">
                 <w:pPr>
                   <w:pStyle w:val="CommentText"/>
                   <w:numPr>
                     <w:ilvl w:val="0"/>
                     <w:numId w:val="0"/>
                   </w:numPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00F91490">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MS Gothic" w:hint="eastAsia"/>
                     <w:lang w:bidi="cy"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
           <w:p w14:paraId="375CFC1F" w14:textId="099F697B" w:rsidR="00856593" w:rsidRPr="00F91490" w:rsidRDefault="00856593" w:rsidP="00856593">
             <w:pPr>
               <w:pStyle w:val="CommentText"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
@@ -6863,51 +6858,50 @@
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6237" w:type="dxa"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:id w:val="-1992099122"/>
               <w14:checkbox>
                 <w14:checked w14:val="0"/>
                 <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                 <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
               </w14:checkbox>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="48918314" w14:textId="77777777" w:rsidR="00856593" w:rsidRPr="00F91490" w:rsidRDefault="00856593" w:rsidP="00856593">
                 <w:pPr>
                   <w:pStyle w:val="CommentText"/>
                   <w:numPr>
                     <w:ilvl w:val="0"/>
                     <w:numId w:val="0"/>
                   </w:numPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00F91490">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MS Gothic" w:hint="eastAsia"/>
                     <w:lang w:bidi="cy"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
           <w:p w14:paraId="115E6804" w14:textId="77777777" w:rsidR="00856593" w:rsidRPr="00F91490" w:rsidRDefault="00856593" w:rsidP="00856593">
             <w:pPr>
               <w:pStyle w:val="CommentText"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
@@ -6957,51 +6951,50 @@
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="624" w:hanging="624"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6237" w:type="dxa"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:id w:val="-1953159843"/>
               <w14:checkbox>
                 <w14:checked w14:val="0"/>
                 <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                 <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
               </w14:checkbox>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="1A90B5C3" w14:textId="77777777" w:rsidR="00856593" w:rsidRPr="00F91490" w:rsidRDefault="00856593" w:rsidP="00856593">
                 <w:pPr>
                   <w:numPr>
                     <w:ilvl w:val="0"/>
                     <w:numId w:val="0"/>
                   </w:numPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00F91490">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MS Gothic" w:hint="eastAsia"/>
                     <w:lang w:bidi="cy"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
           <w:p w14:paraId="3C99C1FF" w14:textId="77777777" w:rsidR="00856593" w:rsidRPr="00F91490" w:rsidRDefault="00856593" w:rsidP="00856593">
             <w:pPr>
               <w:pStyle w:val="CommentText"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
@@ -7050,51 +7043,50 @@
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="37" w:hanging="37"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6237" w:type="dxa"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:id w:val="-167336742"/>
               <w14:checkbox>
                 <w14:checked w14:val="0"/>
                 <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                 <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
               </w14:checkbox>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="7E917689" w14:textId="77777777" w:rsidR="00856593" w:rsidRPr="00F91490" w:rsidRDefault="00856593" w:rsidP="00856593">
                 <w:pPr>
                   <w:numPr>
                     <w:ilvl w:val="0"/>
                     <w:numId w:val="0"/>
                   </w:numPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00F91490">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MS Gothic" w:hint="eastAsia"/>
                     <w:lang w:bidi="cy"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
           <w:p w14:paraId="2D7D7110" w14:textId="77777777" w:rsidR="00856593" w:rsidRPr="00F91490" w:rsidRDefault="00856593" w:rsidP="00856593">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:rPr>
@@ -7271,51 +7263,50 @@
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6237" w:type="dxa"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:id w:val="-1883467919"/>
               <w14:checkbox>
                 <w14:checked w14:val="0"/>
                 <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                 <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
               </w14:checkbox>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="6BD95AC1" w14:textId="77777777" w:rsidR="00856593" w:rsidRPr="00F91490" w:rsidRDefault="00856593" w:rsidP="00856593">
                 <w:pPr>
                   <w:pStyle w:val="CommentText"/>
                   <w:numPr>
                     <w:ilvl w:val="0"/>
                     <w:numId w:val="0"/>
                   </w:numPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00F91490">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MS Gothic" w:hint="eastAsia"/>
                     <w:lang w:bidi="cy"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
           <w:p w14:paraId="0C7B860B" w14:textId="60A91C23" w:rsidR="00856593" w:rsidRPr="00F91490" w:rsidRDefault="00856593" w:rsidP="00856593">
             <w:pPr>
               <w:pStyle w:val="CommentText"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
@@ -7379,51 +7370,50 @@
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6237" w:type="dxa"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:id w:val="1785924058"/>
               <w14:checkbox>
                 <w14:checked w14:val="0"/>
                 <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                 <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
               </w14:checkbox>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="3854A238" w14:textId="77777777" w:rsidR="00856593" w:rsidRPr="00F91490" w:rsidRDefault="00856593" w:rsidP="00856593">
                 <w:pPr>
                   <w:pStyle w:val="CommentText"/>
                   <w:numPr>
                     <w:ilvl w:val="0"/>
                     <w:numId w:val="0"/>
                   </w:numPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00F91490">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MS Gothic" w:hint="eastAsia"/>
                     <w:lang w:bidi="cy"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
           <w:p w14:paraId="7448DCD3" w14:textId="77777777" w:rsidR="00856593" w:rsidRDefault="00856593" w:rsidP="00856593">
             <w:pPr>
               <w:pStyle w:val="CommentText"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
@@ -7492,51 +7482,50 @@
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="37"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6237" w:type="dxa"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:id w:val="1780447533"/>
               <w14:checkbox>
                 <w14:checked w14:val="0"/>
                 <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                 <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
               </w14:checkbox>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="6C0D564C" w14:textId="77777777" w:rsidR="00856593" w:rsidRPr="00F91490" w:rsidRDefault="00856593" w:rsidP="00856593">
                 <w:pPr>
                   <w:pStyle w:val="CommentText"/>
                   <w:numPr>
                     <w:ilvl w:val="0"/>
                     <w:numId w:val="0"/>
                   </w:numPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00F91490">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MS Gothic" w:hint="eastAsia"/>
                     <w:lang w:bidi="cy"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
           <w:p w14:paraId="56B49D77" w14:textId="77777777" w:rsidR="00856593" w:rsidRPr="00F91490" w:rsidRDefault="00856593" w:rsidP="00856593">
             <w:pPr>
               <w:pStyle w:val="CommentText"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
@@ -7572,51 +7561,50 @@
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F91490">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:lang w:bidi="cy"/>
               </w:rPr>
               <w:t>Gweithgareddau Cyfreithlon  – Erthygl 9 (2)(d)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6237" w:type="dxa"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:id w:val="-992332575"/>
               <w14:checkbox>
                 <w14:checked w14:val="0"/>
                 <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                 <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
               </w14:checkbox>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="738B22CA" w14:textId="77777777" w:rsidR="00856593" w:rsidRPr="00F91490" w:rsidRDefault="00856593" w:rsidP="00856593">
                 <w:pPr>
                   <w:numPr>
                     <w:ilvl w:val="0"/>
                     <w:numId w:val="0"/>
                   </w:numPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00F91490">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MS Gothic" w:hint="eastAsia"/>
                     <w:lang w:bidi="cy"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
           <w:p w14:paraId="3BC29E50" w14:textId="77777777" w:rsidR="00856593" w:rsidRPr="00F91490" w:rsidRDefault="00856593" w:rsidP="00856593">
             <w:pPr>
               <w:pStyle w:val="CommentText"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
@@ -7650,51 +7638,50 @@
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F91490">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:lang w:bidi="cy"/>
               </w:rPr>
               <w:t>Cyhoeddwyd yn amlwg gan wrthrych y data – Erthygl 9 (2)(e)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6237" w:type="dxa"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:id w:val="826862859"/>
               <w14:checkbox>
                 <w14:checked w14:val="0"/>
                 <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                 <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
               </w14:checkbox>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="42C509DD" w14:textId="77777777" w:rsidR="00856593" w:rsidRPr="00F91490" w:rsidRDefault="00856593" w:rsidP="00856593">
                 <w:pPr>
                   <w:numPr>
                     <w:ilvl w:val="0"/>
                     <w:numId w:val="0"/>
                   </w:numPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00F91490">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MS Gothic" w:hint="eastAsia"/>
                     <w:lang w:bidi="cy"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
           <w:p w14:paraId="1C18454B" w14:textId="77777777" w:rsidR="00856593" w:rsidRPr="00F91490" w:rsidRDefault="00856593" w:rsidP="00856593">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
             </w:pPr>
@@ -7752,67 +7739,66 @@
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="33973B19" w14:textId="77777777" w:rsidR="00856593" w:rsidRPr="00F91490" w:rsidRDefault="00856593" w:rsidP="00856593">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6237" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4BC301DA" w14:textId="77777777" w:rsidR="00856593" w:rsidRPr="00F91490" w:rsidRDefault="00470933" w:rsidP="00856593">
+          <w:p w14:paraId="4BC301DA" w14:textId="77777777" w:rsidR="00856593" w:rsidRPr="00F91490" w:rsidRDefault="00000000" w:rsidP="00856593">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="1092740556"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00856593" w:rsidRPr="00F91490">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MS Gothic" w:hint="eastAsia"/>
                     <w:lang w:bidi="cy"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
           <w:p w14:paraId="132AE4E2" w14:textId="77777777" w:rsidR="00856593" w:rsidRPr="00F91490" w:rsidRDefault="00856593" w:rsidP="00856593">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00856593" w:rsidRPr="00F91490" w14:paraId="2536D560" w14:textId="77777777" w:rsidTr="00856593">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3544" w:type="dxa"/>
@@ -7827,51 +7813,50 @@
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F91490">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:lang w:bidi="cy"/>
               </w:rPr>
               <w:t xml:space="preserve">Angenrheidiol am resymau o ddiddordeb cyhoeddus sylweddol - Erthygl 9(2)(g) </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6237" w:type="dxa"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:id w:val="-1015385010"/>
               <w14:checkbox>
                 <w14:checked w14:val="0"/>
                 <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                 <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
               </w14:checkbox>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="6D59958E" w14:textId="4DABEF56" w:rsidR="00856593" w:rsidRPr="00F91490" w:rsidRDefault="00F91490" w:rsidP="00856593">
                 <w:pPr>
                   <w:numPr>
                     <w:ilvl w:val="0"/>
                     <w:numId w:val="0"/>
                   </w:numPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
           <w:p w14:paraId="20CB4EF1" w14:textId="77777777" w:rsidR="00856593" w:rsidRPr="00F91490" w:rsidRDefault="00856593" w:rsidP="00856593">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
             </w:pPr>
             <w:r w:rsidRPr="00F91490">
@@ -8106,51 +8091,50 @@
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F91490">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:lang w:bidi="cy"/>
               </w:rPr>
               <w:t>Ymchwil - Erthygl  9(2)(j)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6237" w:type="dxa"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:id w:val="-1937125086"/>
               <w14:checkbox>
                 <w14:checked w14:val="0"/>
                 <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                 <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
               </w14:checkbox>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="1E3174A8" w14:textId="77777777" w:rsidR="00856593" w:rsidRPr="00F91490" w:rsidRDefault="00856593" w:rsidP="00856593">
                 <w:pPr>
                   <w:numPr>
                     <w:ilvl w:val="0"/>
                     <w:numId w:val="0"/>
                   </w:numPr>
                   <w:tabs>
                     <w:tab w:val="left" w:pos="2235"/>
                   </w:tabs>
                   <w:ind w:left="624" w:hanging="624"/>
                 </w:pPr>
                 <w:r w:rsidRPr="00F91490">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MS Gothic" w:hint="eastAsia"/>
                     <w:lang w:bidi="cy"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
           <w:p w14:paraId="6A551AE9" w14:textId="77777777" w:rsidR="00856593" w:rsidRPr="00F91490" w:rsidRDefault="00856593" w:rsidP="00856593">
             <w:pPr>
               <w:numPr>
@@ -8309,67 +8293,66 @@
             <w:r w:rsidRPr="00F91490">
               <w:rPr>
                 <w:i/>
                 <w:highlight w:val="yellow"/>
                 <w:lang w:bidi="cy"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>[Dylech eisoes fod wedi dewis sail gyfreithlon ar gyfer prosesu o dan Erthygl 6]</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="085E390B" w14:textId="28B39146" w:rsidR="00856593" w:rsidRPr="00F91490" w:rsidRDefault="00856593" w:rsidP="00856593">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
             </w:pPr>
             <w:r w:rsidRPr="00F91490">
               <w:rPr>
                 <w:lang w:bidi="cy"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>Prosesu yw:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="21BF04CF" w14:textId="77777777" w:rsidR="00856593" w:rsidRPr="00F91490" w:rsidRDefault="00470933" w:rsidP="00856593">
+          <w:p w14:paraId="21BF04CF" w14:textId="77777777" w:rsidR="00856593" w:rsidRPr="00F91490" w:rsidRDefault="00000000" w:rsidP="00856593">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="-405540698"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00856593" w:rsidRPr="00F91490">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MS Gothic" w:hint="eastAsia"/>
                     <w:lang w:bidi="cy"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00856593" w:rsidRPr="00F91490">
               <w:rPr>
                 <w:lang w:bidi="cy"/>
               </w:rPr>
               <w:t xml:space="preserve">Wedi'i gyflawni o dan reolaeth awdurdod swyddogol / awdurdod cymwys </w:t>
             </w:r>
             <w:r w:rsidR="00856593" w:rsidRPr="00F91490">
               <w:rPr>
                 <w:i/>
                 <w:highlight w:val="yellow"/>
                 <w:lang w:bidi="cy"/>
               </w:rPr>
               <w:t>[os yw wedi’i dicio, symudwch i dabl 4]</w:t>
             </w:r>
           </w:p>
@@ -8570,67 +8553,66 @@
         <w:trPr>
           <w:trHeight w:val="828"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3398" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="7A61C7CC" w14:textId="77777777" w:rsidR="00856593" w:rsidRPr="00F91490" w:rsidRDefault="00856593" w:rsidP="00856593">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6383" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="143AE64E" w14:textId="77777777" w:rsidR="00856593" w:rsidRPr="00F91490" w:rsidRDefault="00470933" w:rsidP="00856593">
+          <w:p w14:paraId="143AE64E" w14:textId="77777777" w:rsidR="00856593" w:rsidRPr="00F91490" w:rsidRDefault="00000000" w:rsidP="00856593">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="-1497947388"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00856593" w:rsidRPr="00F91490">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MS Gothic" w:hint="eastAsia"/>
                     <w:lang w:bidi="cy"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00856593" w:rsidRPr="00F91490">
               <w:rPr>
                 <w:lang w:bidi="cy"/>
               </w:rPr>
               <w:t>Yn cwrdd ag amod perthnasol yn Rhan 1, 2 neu 3 o Atodlen 1 Deddf Diogelu Data 2018. Yr amod perthnasol yw:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="32A2084B" w14:textId="77777777" w:rsidR="00856593" w:rsidRPr="00F91490" w:rsidRDefault="00856593" w:rsidP="00856593">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
             </w:pPr>
             <w:r w:rsidRPr="00F91490">
@@ -8714,392 +8696,378 @@
         </w:rPr>
         <w:t xml:space="preserve">Tabl 4 - Awdurdodau cymwys at Ddibenion Gorfodi'r Gyfraith </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="9781" w:type="dxa"/>
         <w:tblInd w:w="-5" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3379"/>
         <w:gridCol w:w="2858"/>
         <w:gridCol w:w="709"/>
         <w:gridCol w:w="2835"/>
       </w:tblGrid>
       <w:tr w:rsidR="00856593" w:rsidRPr="00F91490" w14:paraId="0D4436FF" w14:textId="77777777" w:rsidTr="00856593">
         <w:trPr>
           <w:trHeight w:val="950"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3379" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2936D867" w14:textId="77777777" w:rsidR="00856593" w:rsidRPr="00F91490" w:rsidRDefault="00856593" w:rsidP="00856593">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
             </w:pPr>
             <w:r w:rsidRPr="00F91490">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:lang w:bidi="cy"/>
               </w:rPr>
               <w:t xml:space="preserve">Prosesu </w:t>
             </w:r>
             <w:r w:rsidRPr="00F91490">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:bidi="cy"/>
               </w:rPr>
               <w:t>data personol</w:t>
             </w:r>
             <w:r w:rsidRPr="00F91490">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:lang w:bidi="cy"/>
               </w:rPr>
               <w:t xml:space="preserve"> ar gyfer dibenion gorfodi’r gyfraith</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6402" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3818A396" w14:textId="77777777" w:rsidR="00856593" w:rsidRPr="00F91490" w:rsidRDefault="00856593" w:rsidP="00856593">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
             </w:pPr>
             <w:r w:rsidRPr="00F91490">
               <w:rPr>
                 <w:lang w:bidi="cy"/>
               </w:rPr>
               <w:t>Mae Rhan 3, Pennod 2, Adran 35 (2) o Ddeddf Diogelu Data 2018 yn amlinellu'r seiliau cyfreithiol ar gyfer rhannu data personol at ddibenion gorfodi'r gyfraith. Mae'r prosesu yn seiliedig ar y gyfraith a (dewiswch un):</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="244885DD" w14:textId="77777777" w:rsidR="00856593" w:rsidRPr="00F91490" w:rsidRDefault="00470933" w:rsidP="00856593">
+          <w:p w14:paraId="244885DD" w14:textId="77777777" w:rsidR="00856593" w:rsidRPr="00F91490" w:rsidRDefault="00000000" w:rsidP="00856593">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="-1462566642"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00856593" w:rsidRPr="00F91490">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MS Gothic" w:hint="eastAsia"/>
                     <w:lang w:bidi="cy"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00856593" w:rsidRPr="00F91490">
               <w:rPr>
                 <w:lang w:bidi="cy"/>
               </w:rPr>
               <w:t xml:space="preserve"> 35(2)(a) Mae’r testun data wedi rhoi cydsyniad.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00856593" w:rsidRPr="00F91490" w:rsidDel="00822F10" w14:paraId="2E5BE846" w14:textId="77777777" w:rsidTr="00856593">
         <w:trPr>
           <w:trHeight w:val="151"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3379" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0CFE8199" w14:textId="77777777" w:rsidR="00856593" w:rsidRPr="00F91490" w:rsidRDefault="00856593" w:rsidP="00856593">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:ind w:left="96"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2858" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1ABE7D76" w14:textId="77777777" w:rsidR="00856593" w:rsidRPr="00F91490" w:rsidDel="00822F10" w:rsidRDefault="00856593" w:rsidP="00856593">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:rPr>
                 <w:sz w:val="2"/>
                 <w:szCs w:val="2"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="18DFD829" w14:textId="77777777" w:rsidR="00856593" w:rsidRPr="00F91490" w:rsidDel="00822F10" w:rsidRDefault="00856593" w:rsidP="00856593">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00F91490">
               <w:rPr>
                 <w:lang w:bidi="cy"/>
               </w:rPr>
               <w:t>neu</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5E744A86" w14:textId="77777777" w:rsidR="00856593" w:rsidRPr="00F91490" w:rsidDel="00822F10" w:rsidRDefault="00856593" w:rsidP="00856593">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:rPr>
                 <w:sz w:val="2"/>
                 <w:szCs w:val="2"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00856593" w:rsidRPr="00F91490" w:rsidDel="00822F10" w14:paraId="5B848579" w14:textId="77777777" w:rsidTr="00856593">
         <w:trPr>
           <w:trHeight w:val="72"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3379" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="16EA86FF" w14:textId="77777777" w:rsidR="00856593" w:rsidRPr="00F91490" w:rsidRDefault="00856593" w:rsidP="00856593">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:ind w:left="96"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2858" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3E4995A4" w14:textId="77777777" w:rsidR="00856593" w:rsidRPr="00F91490" w:rsidDel="00822F10" w:rsidRDefault="00856593" w:rsidP="00856593">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:rPr>
                 <w:sz w:val="2"/>
                 <w:szCs w:val="2"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="27FE867A" w14:textId="77777777" w:rsidR="00856593" w:rsidRPr="00F91490" w:rsidDel="00822F10" w:rsidRDefault="00856593" w:rsidP="00856593">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6A79BE40" w14:textId="77777777" w:rsidR="00856593" w:rsidRPr="00F91490" w:rsidDel="00822F10" w:rsidRDefault="00856593" w:rsidP="00856593">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:rPr>
                 <w:sz w:val="2"/>
                 <w:szCs w:val="2"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00856593" w:rsidRPr="00F91490" w:rsidDel="00822F10" w14:paraId="51FEADFB" w14:textId="77777777" w:rsidTr="00856593">
         <w:trPr>
           <w:trHeight w:val="1144"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3379" w:type="dxa"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="06016633" w14:textId="77777777" w:rsidR="00856593" w:rsidRPr="00F91490" w:rsidRDefault="00856593" w:rsidP="00856593">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:ind w:left="96"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6402" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="7EBA73F0" w14:textId="77777777" w:rsidR="00856593" w:rsidRPr="00F91490" w:rsidDel="00822F10" w:rsidRDefault="00470933" w:rsidP="00856593">
+          </w:tcPr>
+          <w:p w14:paraId="7EBA73F0" w14:textId="77777777" w:rsidR="00856593" w:rsidRPr="00F91490" w:rsidDel="00822F10" w:rsidRDefault="00000000" w:rsidP="00856593">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="-618526258"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00856593" w:rsidRPr="00F91490">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MS Gothic" w:hint="eastAsia"/>
                     <w:lang w:bidi="cy"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00856593" w:rsidRPr="00F91490">
               <w:rPr>
                 <w:lang w:bidi="cy"/>
               </w:rPr>
               <w:t xml:space="preserve"> 35(2)(b) Mae'r prosesu yn angenrheidiol ar gyfer cyflawni tasg a gyflawnir at y diben hwnnw gan awdurdod cymwys.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00856593" w:rsidRPr="00F91490" w14:paraId="65DEE813" w14:textId="77777777" w:rsidTr="00856593">
         <w:trPr>
           <w:trHeight w:val="1484"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -9192,67 +9160,66 @@
               <w:rPr>
                 <w:i/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F91490">
               <w:rPr>
                 <w:lang w:bidi="cy"/>
               </w:rPr>
               <w:t xml:space="preserve">Mae Rhan 3, Pennod 2, Adran 35 (3) Deddf Diogelu Data 2018 yn amlinellu'r seiliau cyfreithiol ar gyfer rhannu categorïau sensitif / arbennig o ddata at ddibenion gorfodi'r gyfraith. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="42CFBC9A" w14:textId="77777777" w:rsidR="00856593" w:rsidRPr="00F91490" w:rsidRDefault="00856593" w:rsidP="00856593">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
             </w:pPr>
             <w:r w:rsidRPr="00F91490">
               <w:rPr>
                 <w:lang w:bidi="cy"/>
               </w:rPr>
               <w:t>Y sail gyfreithlon yw (dewiswch un):</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="36834AF2" w14:textId="77777777" w:rsidR="00856593" w:rsidRPr="00F91490" w:rsidRDefault="00470933" w:rsidP="00856593">
+          <w:p w14:paraId="36834AF2" w14:textId="77777777" w:rsidR="00856593" w:rsidRPr="00F91490" w:rsidRDefault="00000000" w:rsidP="00856593">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="1743751037"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00856593" w:rsidRPr="00F91490">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MS Gothic" w:hint="eastAsia"/>
                     <w:lang w:bidi="cy"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00856593" w:rsidRPr="00F91490">
               <w:rPr>
                 <w:lang w:bidi="cy"/>
               </w:rPr>
               <w:t xml:space="preserve"> 35(4)  Mae’r testun data wedi rhoi cydsyniad. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00856593" w:rsidRPr="00F91490" w14:paraId="6893E03E" w14:textId="77777777" w:rsidTr="00856593">
         <w:trPr>
           <w:trHeight w:val="173"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -9438,67 +9405,66 @@
           <w:trHeight w:val="950"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3379" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="6E67ACFC" w14:textId="77777777" w:rsidR="00856593" w:rsidRPr="00F91490" w:rsidRDefault="00856593" w:rsidP="00856593">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:ind w:left="96"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6402" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1A6440F3" w14:textId="77777777" w:rsidR="00856593" w:rsidRPr="00F91490" w:rsidRDefault="00470933" w:rsidP="00856593">
+          <w:p w14:paraId="1A6440F3" w14:textId="77777777" w:rsidR="00856593" w:rsidRPr="00F91490" w:rsidRDefault="00000000" w:rsidP="00856593">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="-1515762530"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00856593" w:rsidRPr="00F91490">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MS Gothic" w:hint="eastAsia"/>
                     <w:lang w:bidi="cy"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00856593" w:rsidRPr="00F91490">
               <w:rPr>
                 <w:lang w:bidi="cy"/>
               </w:rPr>
               <w:t xml:space="preserve"> 35(5) Mae'r prosesu yn gwbl angenrheidiol at ddiben gorfodi'r gyfraith, ac</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="131C786E" w14:textId="77777777" w:rsidR="00856593" w:rsidRPr="00F91490" w:rsidRDefault="00856593" w:rsidP="00856593">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
             </w:pPr>
             <w:r w:rsidRPr="00F91490">
@@ -9757,545 +9723,527 @@
             <w:r w:rsidRPr="004418D9">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:bidi="cy"/>
               </w:rPr>
               <w:t>Dewiswch bob un sy’n berthnasol</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005D4594" w:rsidRPr="004418D9" w14:paraId="375C9B8E" w14:textId="77777777" w:rsidTr="00155D99">
         <w:trPr>
           <w:trHeight w:val="289"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7361" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="15BC3D52" w14:textId="2C7C876B" w:rsidR="005D4594" w:rsidRPr="004418D9" w:rsidRDefault="00DC3E81" w:rsidP="00DC3E81">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:lang w:val="cy-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004418D9">
               <w:rPr>
                 <w:rFonts w:eastAsia="Symbol" w:cs="Arial"/>
                 <w:lang w:bidi="cy"/>
               </w:rPr>
               <w:t>Enw (gan gynnwys enwau eraill)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:cs="Arial"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:lang w:val="cy-GB"/>
             </w:rPr>
             <w:id w:val="291871636"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1853" w:type="dxa"/>
                 <w:tcBorders>
                   <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                 </w:tcBorders>
-                <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
               </w:tcPr>
               <w:p w14:paraId="71893253" w14:textId="647296C3" w:rsidR="005D4594" w:rsidRPr="004418D9" w:rsidRDefault="00C83CED" w:rsidP="00F63853">
                 <w:pPr>
                   <w:numPr>
                     <w:ilvl w:val="0"/>
                     <w:numId w:val="0"/>
                   </w:numPr>
                   <w:spacing w:after="0"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:cs="Arial"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                     <w:lang w:val="cy-GB"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                     <w:lang w:bidi="cy"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
       <w:tr w:rsidR="000428E1" w:rsidRPr="004418D9" w14:paraId="639FC4A9" w14:textId="77777777" w:rsidTr="00155D99">
         <w:trPr>
           <w:trHeight w:val="289"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7361" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="76C864BC" w14:textId="544CF4AB" w:rsidR="000428E1" w:rsidRPr="004418D9" w:rsidRDefault="00DC3E81" w:rsidP="00F63853">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Symbol" w:cs="Arial"/>
                 <w:lang w:val="cy-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004418D9">
               <w:rPr>
                 <w:rFonts w:eastAsia="Symbol" w:cs="Arial"/>
                 <w:lang w:bidi="cy"/>
               </w:rPr>
               <w:t>Dyddiad geni</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:cs="Arial"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:lang w:val="cy-GB"/>
             </w:rPr>
             <w:id w:val="289411618"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1853" w:type="dxa"/>
                 <w:tcBorders>
                   <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                 </w:tcBorders>
-                <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
               </w:tcPr>
               <w:p w14:paraId="00CD6B73" w14:textId="77777777" w:rsidR="000428E1" w:rsidRPr="004418D9" w:rsidRDefault="00FB5BDB" w:rsidP="00F63853">
                 <w:pPr>
                   <w:numPr>
                     <w:ilvl w:val="0"/>
                     <w:numId w:val="0"/>
                   </w:numPr>
                   <w:spacing w:after="0"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:cs="Arial"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                     <w:lang w:val="cy-GB"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="004418D9">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                     <w:lang w:bidi="cy"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
       <w:tr w:rsidR="005D4594" w:rsidRPr="004418D9" w14:paraId="0891BD22" w14:textId="77777777" w:rsidTr="00155D99">
         <w:trPr>
           <w:trHeight w:val="276"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7361" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="034875D8" w14:textId="3BE7AA13" w:rsidR="005D4594" w:rsidRPr="004418D9" w:rsidRDefault="00DC3E81" w:rsidP="00583B31">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:lang w:val="cy-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004418D9">
               <w:rPr>
                 <w:rFonts w:eastAsia="Symbol" w:cs="Arial"/>
                 <w:lang w:bidi="cy"/>
               </w:rPr>
               <w:t>Cyfeiriad</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:cs="Arial"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:lang w:val="cy-GB"/>
             </w:rPr>
             <w:id w:val="-865905111"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1853" w:type="dxa"/>
                 <w:tcBorders>
                   <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                 </w:tcBorders>
-                <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
               </w:tcPr>
               <w:p w14:paraId="0DDD945F" w14:textId="77777777" w:rsidR="005D4594" w:rsidRPr="004418D9" w:rsidRDefault="005D4594" w:rsidP="00F63853">
                 <w:pPr>
                   <w:numPr>
                     <w:ilvl w:val="0"/>
                     <w:numId w:val="0"/>
                   </w:numPr>
                   <w:spacing w:after="0"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:cs="Arial"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                     <w:lang w:val="cy-GB"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="004418D9">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                     <w:lang w:bidi="cy"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
       <w:tr w:rsidR="005D4594" w:rsidRPr="004418D9" w14:paraId="5BF99CB6" w14:textId="77777777" w:rsidTr="00155D99">
         <w:trPr>
           <w:trHeight w:val="289"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7361" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="5A1189CE" w14:textId="2828D74E" w:rsidR="005D4594" w:rsidRPr="004418D9" w:rsidRDefault="00DC3E81" w:rsidP="00F63853">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:lang w:val="cy-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004418D9">
               <w:rPr>
                 <w:rFonts w:eastAsia="Symbol" w:cs="Arial"/>
                 <w:lang w:bidi="cy"/>
               </w:rPr>
               <w:t>Cod post</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:cs="Arial"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:lang w:val="cy-GB"/>
             </w:rPr>
             <w:id w:val="-1422721065"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1853" w:type="dxa"/>
                 <w:tcBorders>
                   <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                 </w:tcBorders>
-                <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
               </w:tcPr>
               <w:p w14:paraId="6DE09679" w14:textId="77777777" w:rsidR="005D4594" w:rsidRPr="004418D9" w:rsidRDefault="005D4594" w:rsidP="00F63853">
                 <w:pPr>
                   <w:numPr>
                     <w:ilvl w:val="0"/>
                     <w:numId w:val="0"/>
                   </w:numPr>
                   <w:spacing w:after="0"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:cs="Arial"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                     <w:lang w:val="cy-GB"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="004418D9">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                     <w:lang w:bidi="cy"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
       <w:tr w:rsidR="005D4594" w:rsidRPr="004418D9" w14:paraId="6B8864F6" w14:textId="77777777" w:rsidTr="00155D99">
         <w:trPr>
           <w:trHeight w:val="289"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7361" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="11FDDC98" w14:textId="3E63387B" w:rsidR="005D4594" w:rsidRPr="004418D9" w:rsidRDefault="00DC3E81" w:rsidP="00DC3E81">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Symbol" w:cs="Arial"/>
                 <w:lang w:val="cy-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004418D9">
               <w:rPr>
                 <w:rFonts w:eastAsia="Symbol" w:cs="Arial"/>
                 <w:lang w:bidi="cy"/>
               </w:rPr>
               <w:t>Rhif cyfeirnod arall (e.e. rhif GIG, rhif Yswiriant Gwladol, unrhyw rif system/gwasanaeth)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:cs="Arial"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:lang w:val="cy-GB"/>
             </w:rPr>
             <w:id w:val="99150699"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1853" w:type="dxa"/>
                 <w:tcBorders>
                   <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                 </w:tcBorders>
-                <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
               </w:tcPr>
               <w:p w14:paraId="53046AF7" w14:textId="77777777" w:rsidR="005D4594" w:rsidRPr="004418D9" w:rsidRDefault="00571C30" w:rsidP="00F63853">
                 <w:pPr>
                   <w:numPr>
                     <w:ilvl w:val="0"/>
                     <w:numId w:val="0"/>
                   </w:numPr>
                   <w:spacing w:after="0"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:cs="Arial"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                     <w:lang w:val="cy-GB"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="004418D9">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                     <w:lang w:bidi="cy"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
       <w:tr w:rsidR="005D4594" w:rsidRPr="004418D9" w14:paraId="6E27793D" w14:textId="77777777" w:rsidTr="00155D99">
         <w:trPr>
           <w:trHeight w:val="289"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7361" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="1E3228C9" w14:textId="23D46027" w:rsidR="001F3C90" w:rsidRPr="004418D9" w:rsidRDefault="004418D9" w:rsidP="00583B31">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Symbol" w:cs="Arial"/>
                 <w:lang w:val="cy-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:highlight w:val="yellow"/>
                 <w:lang w:bidi="cy"/>
               </w:rPr>
               <w:t>[ychwanegwch resi yn ôl yr angen, ond sylwer na ddylai’r wybodaeth angenrheidiol ar gyfer adnabod rhywun gynnwys unrhyw gategorïau arbennig / data sensitif. Ni ddylai’r wybodaeth fod yn ormodol chwaith - fel arfer, dylai enw, cyfeiriad, dyddiad geni a rhif cyfeirnod fod yn ddigon i adnabod testun data]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:cs="Arial"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:lang w:val="cy-GB"/>
             </w:rPr>
             <w:id w:val="-1132322076"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1853" w:type="dxa"/>
                 <w:tcBorders>
                   <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                 </w:tcBorders>
-                <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
               </w:tcPr>
               <w:p w14:paraId="055377CC" w14:textId="58915501" w:rsidR="005D4594" w:rsidRPr="004418D9" w:rsidRDefault="00752AC9" w:rsidP="00F63853">
                 <w:pPr>
                   <w:numPr>
                     <w:ilvl w:val="0"/>
                     <w:numId w:val="0"/>
                   </w:numPr>
                   <w:spacing w:after="0"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:cs="Arial"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                     <w:lang w:val="cy-GB"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="004418D9">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                     <w:lang w:bidi="cy"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
@@ -10736,76 +10684,75 @@
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:lang w:val="cy-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004418D9">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:lang w:bidi="cy"/>
               </w:rPr>
               <w:t>Gwefan</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="393" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5EF8B5F9" w14:textId="77777777" w:rsidR="008C4D45" w:rsidRPr="004418D9" w:rsidRDefault="00470933" w:rsidP="00A43773">
+          <w:p w14:paraId="5EF8B5F9" w14:textId="77777777" w:rsidR="008C4D45" w:rsidRPr="004418D9" w:rsidRDefault="00000000" w:rsidP="00A43773">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:lang w:val="cy-GB"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cs="Arial"/>
                   <w:lang w:val="cy-GB"/>
                 </w:rPr>
                 <w:id w:val="1448898084"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="008C4D45" w:rsidRPr="004418D9">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:lang w:bidi="cy"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2388" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p w14:paraId="0669FD35" w14:textId="77777777" w:rsidR="008C4D45" w:rsidRPr="004418D9" w:rsidRDefault="008C4D45" w:rsidP="00A43773">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:spacing w:after="0"/>
               <w:rPr>
@@ -10884,76 +10831,75 @@
               </w:numPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:lang w:val="cy-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004418D9">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:lang w:bidi="cy"/>
               </w:rPr>
               <w:t>Taflen</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="393" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="67571100" w14:textId="77777777" w:rsidR="008C4D45" w:rsidRPr="004418D9" w:rsidRDefault="00470933" w:rsidP="00A43773">
+          <w:p w14:paraId="67571100" w14:textId="77777777" w:rsidR="008C4D45" w:rsidRPr="004418D9" w:rsidRDefault="00000000" w:rsidP="00A43773">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:lang w:val="cy-GB"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cs="Arial"/>
                   <w:lang w:val="cy-GB"/>
                 </w:rPr>
                 <w:id w:val="-1406594699"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="008C4D45" w:rsidRPr="004418D9">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:lang w:bidi="cy"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2388" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="12342796" w14:textId="77777777" w:rsidR="008C4D45" w:rsidRPr="004418D9" w:rsidRDefault="008C4D45" w:rsidP="00A43773">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:spacing w:after="0"/>
               <w:rPr>
@@ -11024,76 +10970,75 @@
               </w:numPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:lang w:val="cy-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004418D9">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:lang w:bidi="cy"/>
               </w:rPr>
               <w:t>Ffurflen</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="393" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1CCB37F2" w14:textId="77777777" w:rsidR="008C4D45" w:rsidRPr="004418D9" w:rsidRDefault="00470933" w:rsidP="00A43773">
+          <w:p w14:paraId="1CCB37F2" w14:textId="77777777" w:rsidR="008C4D45" w:rsidRPr="004418D9" w:rsidRDefault="00000000" w:rsidP="00A43773">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:lang w:val="cy-GB"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cs="Arial"/>
                   <w:lang w:val="cy-GB"/>
                 </w:rPr>
                 <w:id w:val="73485040"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="008C4D45" w:rsidRPr="004418D9">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:lang w:bidi="cy"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2388" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="3B2E0725" w14:textId="77777777" w:rsidR="008C4D45" w:rsidRPr="004418D9" w:rsidRDefault="008C4D45" w:rsidP="00A43773">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:spacing w:after="0"/>
               <w:rPr>
@@ -11164,76 +11109,75 @@
               </w:numPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:lang w:val="cy-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004418D9">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:lang w:bidi="cy"/>
               </w:rPr>
               <w:t>Ar lafar</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="393" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3C120499" w14:textId="77777777" w:rsidR="008C4D45" w:rsidRPr="004418D9" w:rsidRDefault="00470933" w:rsidP="00A43773">
+          <w:p w14:paraId="3C120499" w14:textId="77777777" w:rsidR="008C4D45" w:rsidRPr="004418D9" w:rsidRDefault="00000000" w:rsidP="00A43773">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:lang w:val="cy-GB"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cs="Arial"/>
                   <w:lang w:val="cy-GB"/>
                 </w:rPr>
                 <w:id w:val="836813264"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="008C4D45" w:rsidRPr="004418D9">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:lang w:bidi="cy"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2388" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="1A473F05" w14:textId="77777777" w:rsidR="008C4D45" w:rsidRPr="004418D9" w:rsidRDefault="008C4D45" w:rsidP="00A43773">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:spacing w:after="0"/>
               <w:rPr>
@@ -11310,76 +11254,75 @@
             <w:r w:rsidRPr="004418D9">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:lang w:bidi="cy"/>
               </w:rPr>
               <w:t xml:space="preserve">Arall </w:t>
             </w:r>
             <w:r w:rsidRPr="004418D9">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:i/>
                 <w:lang w:bidi="cy"/>
               </w:rPr>
               <w:t>(rhowch fanylion)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="393" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6385D37F" w14:textId="77777777" w:rsidR="008C4D45" w:rsidRPr="004418D9" w:rsidRDefault="00470933" w:rsidP="00A43773">
+          <w:p w14:paraId="6385D37F" w14:textId="77777777" w:rsidR="008C4D45" w:rsidRPr="004418D9" w:rsidRDefault="00000000" w:rsidP="00A43773">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:lang w:val="cy-GB"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cs="Arial"/>
                   <w:lang w:val="cy-GB"/>
                 </w:rPr>
                 <w:id w:val="-1588615384"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="008C4D45" w:rsidRPr="004418D9">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:lang w:bidi="cy"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2388" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="200F9D35" w14:textId="77777777" w:rsidR="008C4D45" w:rsidRPr="004418D9" w:rsidRDefault="008C4D45" w:rsidP="00A43773">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:spacing w:after="0"/>
               <w:rPr>
@@ -11461,76 +11404,75 @@
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:lang w:val="cy-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004418D9">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:lang w:bidi="cy"/>
               </w:rPr>
               <w:t>Gwefan</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="393" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1E67325E" w14:textId="77777777" w:rsidR="00D853DD" w:rsidRPr="004418D9" w:rsidRDefault="00470933" w:rsidP="00A43773">
+          <w:p w14:paraId="1E67325E" w14:textId="77777777" w:rsidR="00D853DD" w:rsidRPr="004418D9" w:rsidRDefault="00000000" w:rsidP="00A43773">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:lang w:val="cy-GB"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cs="Arial"/>
                   <w:lang w:val="cy-GB"/>
                 </w:rPr>
                 <w:id w:val="-738022288"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00D853DD" w:rsidRPr="004418D9">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:lang w:bidi="cy"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2388" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p w14:paraId="7803F126" w14:textId="77777777" w:rsidR="00D853DD" w:rsidRPr="004418D9" w:rsidRDefault="00D853DD" w:rsidP="00A43773">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:spacing w:after="0"/>
               <w:rPr>
@@ -11601,76 +11543,75 @@
               </w:numPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:lang w:val="cy-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004418D9">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:lang w:bidi="cy"/>
               </w:rPr>
               <w:t>Taflen</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="393" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="44CBB06B" w14:textId="77777777" w:rsidR="00D853DD" w:rsidRPr="004418D9" w:rsidRDefault="00470933" w:rsidP="00A43773">
+          <w:p w14:paraId="44CBB06B" w14:textId="77777777" w:rsidR="00D853DD" w:rsidRPr="004418D9" w:rsidRDefault="00000000" w:rsidP="00A43773">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:lang w:val="cy-GB"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cs="Arial"/>
                   <w:lang w:val="cy-GB"/>
                 </w:rPr>
                 <w:id w:val="-828601374"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00D853DD" w:rsidRPr="004418D9">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:lang w:bidi="cy"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2388" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="553BE524" w14:textId="77777777" w:rsidR="00D853DD" w:rsidRPr="004418D9" w:rsidRDefault="00D853DD" w:rsidP="00A43773">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:spacing w:after="0"/>
               <w:rPr>
@@ -11741,76 +11682,75 @@
               </w:numPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:lang w:val="cy-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004418D9">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:lang w:bidi="cy"/>
               </w:rPr>
               <w:t>Ffurflen</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="393" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="22BA6460" w14:textId="77777777" w:rsidR="00D853DD" w:rsidRPr="004418D9" w:rsidRDefault="00470933" w:rsidP="00A43773">
+          <w:p w14:paraId="22BA6460" w14:textId="77777777" w:rsidR="00D853DD" w:rsidRPr="004418D9" w:rsidRDefault="00000000" w:rsidP="00A43773">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:lang w:val="cy-GB"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cs="Arial"/>
                   <w:lang w:val="cy-GB"/>
                 </w:rPr>
                 <w:id w:val="-543749603"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00D853DD" w:rsidRPr="004418D9">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:lang w:bidi="cy"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2388" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="63A97237" w14:textId="77777777" w:rsidR="00D853DD" w:rsidRPr="004418D9" w:rsidRDefault="00D853DD" w:rsidP="00A43773">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:spacing w:after="0"/>
               <w:rPr>
@@ -11881,76 +11821,75 @@
               </w:numPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:lang w:val="cy-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004418D9">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:lang w:bidi="cy"/>
               </w:rPr>
               <w:t>Ar lafar</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="393" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3CFAA727" w14:textId="77777777" w:rsidR="00D853DD" w:rsidRPr="004418D9" w:rsidRDefault="00470933" w:rsidP="00A43773">
+          <w:p w14:paraId="3CFAA727" w14:textId="77777777" w:rsidR="00D853DD" w:rsidRPr="004418D9" w:rsidRDefault="00000000" w:rsidP="00A43773">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:lang w:val="cy-GB"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cs="Arial"/>
                   <w:lang w:val="cy-GB"/>
                 </w:rPr>
                 <w:id w:val="1795867517"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00D853DD" w:rsidRPr="004418D9">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:lang w:bidi="cy"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2388" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="76EB658C" w14:textId="77777777" w:rsidR="00D853DD" w:rsidRPr="004418D9" w:rsidRDefault="00D853DD" w:rsidP="00A43773">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:spacing w:after="0"/>
               <w:rPr>
@@ -12027,76 +11966,75 @@
             <w:r w:rsidRPr="004418D9">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:lang w:bidi="cy"/>
               </w:rPr>
               <w:t xml:space="preserve">Arall </w:t>
             </w:r>
             <w:r w:rsidRPr="004418D9">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:i/>
                 <w:lang w:bidi="cy"/>
               </w:rPr>
               <w:t>(rhowch fanylion)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="393" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="44746A32" w14:textId="77777777" w:rsidR="00D853DD" w:rsidRPr="004418D9" w:rsidRDefault="00470933" w:rsidP="00A43773">
+          <w:p w14:paraId="44746A32" w14:textId="77777777" w:rsidR="00D853DD" w:rsidRPr="004418D9" w:rsidRDefault="00000000" w:rsidP="00A43773">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:lang w:val="cy-GB"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cs="Arial"/>
                   <w:lang w:val="cy-GB"/>
                 </w:rPr>
                 <w:id w:val="12110154"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00D853DD" w:rsidRPr="004418D9">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:lang w:bidi="cy"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2388" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="411AC759" w14:textId="77777777" w:rsidR="00D853DD" w:rsidRPr="004418D9" w:rsidRDefault="00D853DD" w:rsidP="00A43773">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:spacing w:after="0"/>
               <w:rPr>
@@ -12173,76 +12111,75 @@
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:lang w:val="cy-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004418D9">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:lang w:bidi="cy"/>
               </w:rPr>
               <w:t>Gwefan</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="393" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5D87703A" w14:textId="77777777" w:rsidR="00D853DD" w:rsidRPr="004418D9" w:rsidRDefault="00470933" w:rsidP="00A43773">
+          <w:p w14:paraId="5D87703A" w14:textId="77777777" w:rsidR="00D853DD" w:rsidRPr="004418D9" w:rsidRDefault="00000000" w:rsidP="00A43773">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:lang w:val="cy-GB"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cs="Arial"/>
                   <w:lang w:val="cy-GB"/>
                 </w:rPr>
                 <w:id w:val="1931237730"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00D853DD" w:rsidRPr="004418D9">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:lang w:bidi="cy"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2388" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p w14:paraId="2FE93BF6" w14:textId="77777777" w:rsidR="00D853DD" w:rsidRPr="004418D9" w:rsidRDefault="00D853DD" w:rsidP="00A43773">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:spacing w:after="0"/>
               <w:rPr>
@@ -12312,75 +12249,74 @@
               </w:numPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:lang w:val="cy-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004418D9">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:lang w:bidi="cy"/>
               </w:rPr>
               <w:t>Taflen</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="393" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="28804367" w14:textId="77777777" w:rsidR="00D853DD" w:rsidRPr="004418D9" w:rsidRDefault="00470933" w:rsidP="00713D2F">
+          <w:p w14:paraId="28804367" w14:textId="77777777" w:rsidR="00D853DD" w:rsidRPr="004418D9" w:rsidRDefault="00000000" w:rsidP="00713D2F">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:lang w:val="cy-GB"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cs="Arial"/>
                   <w:lang w:val="cy-GB"/>
                 </w:rPr>
                 <w:id w:val="170914382"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00D853DD" w:rsidRPr="004418D9">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:lang w:bidi="cy"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2388" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="5BA69B29" w14:textId="77777777" w:rsidR="00D853DD" w:rsidRPr="004418D9" w:rsidRDefault="00D853DD" w:rsidP="00713D2F">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
@@ -12448,75 +12384,74 @@
               </w:numPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:lang w:val="cy-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004418D9">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:lang w:bidi="cy"/>
               </w:rPr>
               <w:t>Ffurflen</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="393" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="08010479" w14:textId="77777777" w:rsidR="00D853DD" w:rsidRPr="004418D9" w:rsidRDefault="00470933" w:rsidP="00713D2F">
+          <w:p w14:paraId="08010479" w14:textId="77777777" w:rsidR="00D853DD" w:rsidRPr="004418D9" w:rsidRDefault="00000000" w:rsidP="00713D2F">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:lang w:val="cy-GB"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cs="Arial"/>
                   <w:lang w:val="cy-GB"/>
                 </w:rPr>
                 <w:id w:val="636380061"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00D853DD" w:rsidRPr="004418D9">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:lang w:bidi="cy"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2388" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="2A154431" w14:textId="77777777" w:rsidR="00D853DD" w:rsidRPr="004418D9" w:rsidRDefault="00D853DD" w:rsidP="00713D2F">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
@@ -12584,75 +12519,74 @@
               </w:numPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:lang w:val="cy-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004418D9">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:lang w:bidi="cy"/>
               </w:rPr>
               <w:t>Ar lafar</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="393" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="417A2951" w14:textId="77777777" w:rsidR="00D853DD" w:rsidRPr="004418D9" w:rsidRDefault="00470933" w:rsidP="00713D2F">
+          <w:p w14:paraId="417A2951" w14:textId="77777777" w:rsidR="00D853DD" w:rsidRPr="004418D9" w:rsidRDefault="00000000" w:rsidP="00713D2F">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:lang w:val="cy-GB"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cs="Arial"/>
                   <w:lang w:val="cy-GB"/>
                 </w:rPr>
                 <w:id w:val="-1917308882"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00D853DD" w:rsidRPr="004418D9">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:lang w:bidi="cy"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2388" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="068FD947" w14:textId="77777777" w:rsidR="00D853DD" w:rsidRPr="004418D9" w:rsidRDefault="00D853DD" w:rsidP="00713D2F">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
@@ -12726,75 +12660,74 @@
             <w:r w:rsidRPr="004418D9">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:lang w:bidi="cy"/>
               </w:rPr>
               <w:t xml:space="preserve">Arall </w:t>
             </w:r>
             <w:r w:rsidRPr="004418D9">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:i/>
                 <w:lang w:bidi="cy"/>
               </w:rPr>
               <w:t>(rhowch fanylion)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="393" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="39030130" w14:textId="77777777" w:rsidR="00D853DD" w:rsidRPr="004418D9" w:rsidRDefault="00470933" w:rsidP="00713D2F">
+          <w:p w14:paraId="39030130" w14:textId="77777777" w:rsidR="00D853DD" w:rsidRPr="004418D9" w:rsidRDefault="00000000" w:rsidP="00713D2F">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:lang w:val="cy-GB"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cs="Arial"/>
                   <w:lang w:val="cy-GB"/>
                 </w:rPr>
                 <w:id w:val="-1838136729"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00D853DD" w:rsidRPr="004418D9">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:lang w:bidi="cy"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2388" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="4351655B" w14:textId="77777777" w:rsidR="00D853DD" w:rsidRPr="004418D9" w:rsidRDefault="00D853DD" w:rsidP="00713D2F">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
@@ -14840,51 +14773,50 @@
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:lang w:val="cy-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004418D9">
               <w:rPr>
                 <w:i/>
                 <w:lang w:bidi="cy"/>
               </w:rPr>
               <w:t xml:space="preserve">Disgrifiad cyffredinol o’r broses neu’r cam y mae’r rhannu gwybodaeth yn berthnasol iddynt. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6C92702C" w14:textId="240967AC" w:rsidR="00B96F20" w:rsidRPr="004418D9" w:rsidRDefault="00B96F20" w:rsidP="00560855">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:ind w:right="6"/>
               <w:rPr>
                 <w:bCs/>
                 <w:highlight w:val="yellow"/>
                 <w:lang w:val="cy-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004418D9">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
                 <w:lang w:bidi="cy"/>
               </w:rPr>
               <w:t xml:space="preserve">[Rhowch ddisgrifiad </w:t>
             </w:r>
             <w:r w:rsidRPr="004418D9">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
                 <w:u w:val="single"/>
@@ -14903,51 +14835,50 @@
           <w:p w14:paraId="48E64903" w14:textId="77777777" w:rsidR="00B96F20" w:rsidRPr="004418D9" w:rsidRDefault="00B96F20" w:rsidP="00B96F20">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:ind w:right="6"/>
               <w:rPr>
                 <w:bCs/>
                 <w:highlight w:val="yellow"/>
                 <w:lang w:val="cy-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2998" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="63BEA4B1" w14:textId="77777777" w:rsidR="00195918" w:rsidRPr="004418D9" w:rsidRDefault="00195918" w:rsidP="00195918">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:ind w:right="6"/>
               <w:rPr>
                 <w:bCs/>
                 <w:highlight w:val="yellow"/>
                 <w:lang w:val="cy-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004418D9">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
                 <w:lang w:bidi="cy"/>
               </w:rPr>
               <w:t xml:space="preserve">[Rhowch ddisgrifiad </w:t>
             </w:r>
             <w:r w:rsidRPr="004418D9">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
                 <w:u w:val="single"/>
@@ -16708,51 +16639,50 @@
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:lang w:val="cy-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004418D9">
               <w:rPr>
                 <w:i/>
                 <w:lang w:bidi="cy"/>
               </w:rPr>
               <w:t>Darparwch, yn fanwl, y dulliau diogel penodol a gytunwyd ar gyfer rhannu gwybodaeth bersonol</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7DD6AD10" w14:textId="77777777" w:rsidR="00856593" w:rsidRPr="00856593" w:rsidRDefault="00856593" w:rsidP="00856593">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:rPr>
                 <w:bCs/>
                 <w:highlight w:val="red"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CD28CA">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
                 <w:lang w:bidi="cy"/>
               </w:rPr>
               <w:t>[Eglurwch y dulliau a ddefnyddir i gadw data yn ddiogel pan fydd yn cael eu rhannu; er enghraifft, nid yw ‘e-bost diogel’ yn ddisgrifiad priodol ond mae amgryptio trwy TLS yn iawn. A yw e-bost yn ddiogel oherwydd bod y cynnwys wedi'i amgryptio ac, os felly, a ddefnyddir pecyn meddalwedd penodol? Gall dulliau rhannu diogel amrywio yn ôl sefydliad/sector]</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0E3DDF15" w14:textId="77777777" w:rsidR="0070145A" w:rsidRPr="004418D9" w:rsidRDefault="0070145A" w:rsidP="00FE21B3">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
@@ -16779,51 +16709,50 @@
           </w:p>
           <w:p w14:paraId="08C997C4" w14:textId="77777777" w:rsidR="0070145A" w:rsidRPr="004418D9" w:rsidRDefault="0070145A" w:rsidP="00FE21B3">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:rPr>
                 <w:bCs/>
                 <w:highlight w:val="yellow"/>
                 <w:lang w:val="cy-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2998" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="38CFF82B" w14:textId="77777777" w:rsidR="0070145A" w:rsidRPr="004418D9" w:rsidRDefault="0070145A" w:rsidP="00FE21B3">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:rPr>
                 <w:bCs/>
                 <w:lang w:val="cy-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
@@ -16945,467 +16874,455 @@
                 <w:bCs/>
                 <w:i/>
                 <w:lang w:val="cy-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:i/>
                 <w:lang w:bidi="cy"/>
               </w:rPr>
               <w:t>Ticiwch y blwch os oes unrhyw gyfnewid yn dibynnu ar gydsyniad, ac esboniwch sut a phryd caiff cydsyniad ei gasglu. Sicrhewch fod adran 4 yr ISP yn adlewyrchu’r sail gyfreithiol hon</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="6EE9EFFC" w14:textId="7E75CD77" w:rsidR="0070145A" w:rsidRPr="004418D9" w:rsidRDefault="00470933" w:rsidP="00BC2387">
+          </w:tcPr>
+          <w:p w14:paraId="6EE9EFFC" w14:textId="7E75CD77" w:rsidR="0070145A" w:rsidRPr="004418D9" w:rsidRDefault="00000000" w:rsidP="00BC2387">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:rPr>
                 <w:bCs/>
                 <w:lang w:val="cy-GB"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:bCs/>
                   <w:lang w:val="cy-GB"/>
                 </w:rPr>
                 <w:id w:val="-49000449"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00EC60A7" w:rsidRPr="004418D9">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MS Gothic"/>
                     <w:lang w:bidi="cy"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="005D2642">
               <w:rPr>
                 <w:lang w:bidi="cy"/>
               </w:rPr>
               <w:t xml:space="preserve"> Mae’r cyfnewid yn dibynnu ar gydsyniad</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="62EB0FA1" w14:textId="186D450D" w:rsidR="004146B5" w:rsidRPr="004418D9" w:rsidRDefault="00470933" w:rsidP="00BC2387">
+          <w:p w14:paraId="62EB0FA1" w14:textId="186D450D" w:rsidR="004146B5" w:rsidRPr="004418D9" w:rsidRDefault="00000000" w:rsidP="00BC2387">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:rPr>
                 <w:bCs/>
                 <w:lang w:val="cy-GB"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:bCs/>
                   <w:lang w:val="cy-GB"/>
                 </w:rPr>
                 <w:id w:val="401107393"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="0029068B" w:rsidRPr="004418D9">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MS Gothic"/>
                     <w:lang w:bidi="cy"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="005D2642">
               <w:rPr>
                 <w:lang w:bidi="cy"/>
               </w:rPr>
               <w:t xml:space="preserve"> Nid yw’r cyfnewid yn dibynnu ar gydsyniad</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1FA89A6C" w14:textId="7E55958F" w:rsidR="0070145A" w:rsidRPr="004418D9" w:rsidRDefault="0070145A" w:rsidP="005D2642">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:rPr>
                 <w:bCs/>
                 <w:lang w:val="cy-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004418D9">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
                 <w:lang w:bidi="cy"/>
               </w:rPr>
               <w:t>[Os byddwch yn dibynnu ar gydsyniad i rannu, sut a phryd caiff ei gasglu, a sut caiff ei gofnodi?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2998" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="3EF328F7" w14:textId="77777777" w:rsidR="005D2642" w:rsidRPr="004418D9" w:rsidRDefault="00470933" w:rsidP="005D2642">
+          </w:tcPr>
+          <w:p w14:paraId="3EF328F7" w14:textId="77777777" w:rsidR="005D2642" w:rsidRPr="004418D9" w:rsidRDefault="00000000" w:rsidP="005D2642">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:rPr>
                 <w:bCs/>
                 <w:lang w:val="cy-GB"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:bCs/>
                   <w:lang w:val="cy-GB"/>
                 </w:rPr>
                 <w:id w:val="-1291506773"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="005D2642" w:rsidRPr="004418D9">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MS Gothic"/>
                     <w:lang w:bidi="cy"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="005D2642">
               <w:rPr>
                 <w:lang w:bidi="cy"/>
               </w:rPr>
               <w:t xml:space="preserve"> Mae’r cyfnewid yn dibynnu ar gydsyniad</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1177613A" w14:textId="77777777" w:rsidR="005D2642" w:rsidRPr="004418D9" w:rsidRDefault="00470933" w:rsidP="005D2642">
+          <w:p w14:paraId="1177613A" w14:textId="77777777" w:rsidR="005D2642" w:rsidRPr="004418D9" w:rsidRDefault="00000000" w:rsidP="005D2642">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:rPr>
                 <w:bCs/>
                 <w:lang w:val="cy-GB"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:bCs/>
                   <w:lang w:val="cy-GB"/>
                 </w:rPr>
                 <w:id w:val="-1878004207"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="005D2642" w:rsidRPr="004418D9">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MS Gothic"/>
                     <w:lang w:bidi="cy"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="005D2642">
               <w:rPr>
                 <w:lang w:bidi="cy"/>
               </w:rPr>
               <w:t xml:space="preserve"> Nid yw’r cyfnewid yn dibynnu ar gydsyniad</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7D38EE43" w14:textId="2BD9AB37" w:rsidR="0070145A" w:rsidRPr="004418D9" w:rsidRDefault="005D2642" w:rsidP="005D2642">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:rPr>
                 <w:bCs/>
                 <w:lang w:val="cy-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004418D9">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
                 <w:lang w:bidi="cy"/>
               </w:rPr>
               <w:t>[Os byddwch yn dibynnu ar gydsyniad i rannu, sut a phryd caiff ei gasglu, a sut caiff ei gofnodi?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="33DF226C" w14:textId="77777777" w:rsidR="005D2642" w:rsidRPr="004418D9" w:rsidRDefault="00470933" w:rsidP="005D2642">
+          </w:tcPr>
+          <w:p w14:paraId="33DF226C" w14:textId="77777777" w:rsidR="005D2642" w:rsidRPr="004418D9" w:rsidRDefault="00000000" w:rsidP="005D2642">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:rPr>
                 <w:bCs/>
                 <w:lang w:val="cy-GB"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:bCs/>
                   <w:lang w:val="cy-GB"/>
                 </w:rPr>
                 <w:id w:val="-1794359013"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="005D2642" w:rsidRPr="004418D9">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MS Gothic"/>
                     <w:lang w:bidi="cy"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="005D2642">
               <w:rPr>
                 <w:lang w:bidi="cy"/>
               </w:rPr>
               <w:t xml:space="preserve"> Mae’r cyfnewid yn dibynnu ar gydsyniad</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="12384D6C" w14:textId="77777777" w:rsidR="005D2642" w:rsidRPr="004418D9" w:rsidRDefault="00470933" w:rsidP="005D2642">
+          <w:p w14:paraId="12384D6C" w14:textId="77777777" w:rsidR="005D2642" w:rsidRPr="004418D9" w:rsidRDefault="00000000" w:rsidP="005D2642">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:rPr>
                 <w:bCs/>
                 <w:lang w:val="cy-GB"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:bCs/>
                   <w:lang w:val="cy-GB"/>
                 </w:rPr>
                 <w:id w:val="-369994561"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="005D2642" w:rsidRPr="004418D9">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MS Gothic"/>
                     <w:lang w:bidi="cy"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="005D2642">
               <w:rPr>
                 <w:lang w:bidi="cy"/>
               </w:rPr>
               <w:t xml:space="preserve"> Nid yw’r cyfnewid yn dibynnu ar gydsyniad</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4A67DA9A" w14:textId="14FEE6F4" w:rsidR="0070145A" w:rsidRPr="004418D9" w:rsidRDefault="005D2642" w:rsidP="005D2642">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:rPr>
                 <w:bCs/>
                 <w:lang w:val="cy-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004418D9">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
                 <w:lang w:bidi="cy"/>
               </w:rPr>
               <w:t>[Os byddwch yn dibynnu ar gydsyniad i rannu, sut a phryd caiff ei gasglu, a sut caiff ei gofnodi?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2955" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="6D2BA19B" w14:textId="77777777" w:rsidR="005D2642" w:rsidRPr="004418D9" w:rsidRDefault="00470933" w:rsidP="005D2642">
+          </w:tcPr>
+          <w:p w14:paraId="6D2BA19B" w14:textId="77777777" w:rsidR="005D2642" w:rsidRPr="004418D9" w:rsidRDefault="00000000" w:rsidP="005D2642">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:rPr>
                 <w:bCs/>
                 <w:lang w:val="cy-GB"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:bCs/>
                   <w:lang w:val="cy-GB"/>
                 </w:rPr>
                 <w:id w:val="769747368"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="005D2642" w:rsidRPr="004418D9">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MS Gothic"/>
                     <w:lang w:bidi="cy"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="005D2642">
               <w:rPr>
                 <w:lang w:bidi="cy"/>
               </w:rPr>
               <w:t xml:space="preserve"> Mae’r cyfnewid yn dibynnu ar gydsyniad</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3DE3B39D" w14:textId="77777777" w:rsidR="005D2642" w:rsidRPr="004418D9" w:rsidRDefault="00470933" w:rsidP="005D2642">
+          <w:p w14:paraId="3DE3B39D" w14:textId="77777777" w:rsidR="005D2642" w:rsidRPr="004418D9" w:rsidRDefault="00000000" w:rsidP="005D2642">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:rPr>
                 <w:bCs/>
                 <w:lang w:val="cy-GB"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:bCs/>
                   <w:lang w:val="cy-GB"/>
                 </w:rPr>
                 <w:id w:val="-1126702390"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="005D2642" w:rsidRPr="004418D9">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MS Gothic"/>
                     <w:lang w:bidi="cy"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="005D2642">
               <w:rPr>
                 <w:lang w:bidi="cy"/>
               </w:rPr>
               <w:t xml:space="preserve"> Nid yw’r cyfnewid yn dibynnu ar gydsyniad</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0CC4F275" w14:textId="636E750F" w:rsidR="0070145A" w:rsidRPr="004418D9" w:rsidRDefault="005D2642" w:rsidP="005D2642">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:rPr>
                 <w:bCs/>
@@ -17495,77 +17412,75 @@
           <w:p w14:paraId="2CAA56B4" w14:textId="7B8EC946" w:rsidR="00C11888" w:rsidRPr="004418D9" w:rsidRDefault="00C11888" w:rsidP="00F25BE7">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:spacing w:before="60"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="cy-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1DCD08FD" w14:textId="77777777" w:rsidR="0070145A" w:rsidRPr="004418D9" w:rsidRDefault="0070145A" w:rsidP="00BC2387">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:rPr>
                 <w:bCs/>
                 <w:highlight w:val="yellow"/>
                 <w:lang w:val="cy-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2998" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5DDEA454" w14:textId="77777777" w:rsidR="0070145A" w:rsidRPr="004418D9" w:rsidRDefault="0070145A" w:rsidP="00FE21B3">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:rPr>
                 <w:bCs/>
                 <w:lang w:val="cy-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
@@ -18847,70 +18762,70 @@
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:highlight w:val="yellow"/>
           <w:lang w:bidi="cy"/>
         </w:rPr>
         <w:t>[Ychwanegwch fwy o dablau os oes angen]</w:t>
       </w:r>
       <w:bookmarkStart w:id="15" w:name="cysill"/>
       <w:bookmarkEnd w:id="15"/>
     </w:p>
     <w:sectPr w:rsidR="00EC60A7" w:rsidRPr="004418D9" w:rsidSect="008D3154">
       <w:headerReference w:type="even" r:id="rId30"/>
       <w:headerReference w:type="default" r:id="rId31"/>
       <w:footerReference w:type="default" r:id="rId32"/>
       <w:headerReference w:type="first" r:id="rId33"/>
       <w:pgSz w:w="16840" w:h="11907" w:orient="landscape" w:code="9"/>
       <w:pgMar w:top="1134" w:right="851" w:bottom="1134" w:left="1304" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="190F101C" w14:textId="77777777" w:rsidR="006753E0" w:rsidRDefault="006753E0">
+    <w:p w14:paraId="4CEA4C9D" w14:textId="77777777" w:rsidR="00981861" w:rsidRDefault="00981861">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="2DED52D9" w14:textId="77777777" w:rsidR="006753E0" w:rsidRDefault="006753E0">
+    <w:p w14:paraId="6E441FBA" w14:textId="77777777" w:rsidR="00981861" w:rsidRDefault="00981861">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
@@ -18984,88 +18899,88 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI Symbol">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800001E3" w:usb1="1200FFEF" w:usb2="00040000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="4257E26A" w14:textId="25E4F519" w:rsidR="00856593" w:rsidRPr="00720C7F" w:rsidRDefault="00856593" w:rsidP="00720C7F">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:numPr>
         <w:ilvl w:val="0"/>
         <w:numId w:val="0"/>
       </w:numPr>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="2253F335" w14:textId="77777777" w:rsidR="00856593" w:rsidRPr="00371FDF" w:rsidRDefault="00856593" w:rsidP="00371FDF">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:numPr>
         <w:ilvl w:val="0"/>
         <w:numId w:val="0"/>
       </w:numPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="13F2319E" w14:textId="77777777" w:rsidR="00856593" w:rsidRDefault="00856593" w:rsidP="00571C30">
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="0"/>
         <w:numId w:val="0"/>
       </w:numPr>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="4D662A5A" w14:textId="38F464E7" w:rsidR="00856593" w:rsidRDefault="00856593" w:rsidP="00571C30">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:numPr>
         <w:ilvl w:val="0"/>
         <w:numId w:val="0"/>
       </w:numPr>
       <w:pBdr>
         <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
       </w:pBdr>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4153"/>
         <w:tab w:val="clear" w:pos="8306"/>
         <w:tab w:val="right" w:pos="9781"/>
       </w:tabs>
       <w:spacing w:after="0"/>
       <w:rPr>
@@ -19138,64 +19053,64 @@
           <w:t>2</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:lang w:bidi="cy"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:sdtContent>
     </w:sdt>
   </w:p>
   <w:p w14:paraId="6373A220" w14:textId="77777777" w:rsidR="00856593" w:rsidRDefault="00856593" w:rsidP="00571C30">
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="0"/>
         <w:numId w:val="0"/>
       </w:numPr>
       <w:ind w:left="624" w:hanging="624"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer4.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="3B6D445E" w14:textId="77777777" w:rsidR="00856593" w:rsidRDefault="00856593">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:numPr>
         <w:numberingChange w:id="10" w:author="Alison" w:date="2008-07-08T12:08:00Z" w:original="%1:1:0:.%2:12:0:"/>
       </w:numPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer5.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="044E68C2" w14:textId="77134DA4" w:rsidR="00856593" w:rsidRDefault="00856593" w:rsidP="001507F9">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:numPr>
         <w:ilvl w:val="0"/>
         <w:numId w:val="0"/>
       </w:numPr>
       <w:pBdr>
         <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
       </w:pBdr>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4153"/>
         <w:tab w:val="clear" w:pos="8306"/>
         <w:tab w:val="right" w:pos="9781"/>
       </w:tabs>
       <w:spacing w:after="0"/>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
@@ -19251,64 +19166,64 @@
             <w:lang w:bidi="cy"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00872593">
           <w:rPr>
             <w:noProof/>
             <w:lang w:bidi="cy"/>
           </w:rPr>
           <w:t>11</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:lang w:bidi="cy"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:sdtContent>
     </w:sdt>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer6.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="7FC76F1D" w14:textId="77777777" w:rsidR="00856593" w:rsidRDefault="00856593">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:numPr>
         <w:numberingChange w:id="12" w:author="Alison" w:date="2008-07-08T12:08:00Z" w:original="%1:1:0:.%2:17:0:"/>
       </w:numPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer7.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="67C47965" w14:textId="03949EB6" w:rsidR="00856593" w:rsidRDefault="00856593" w:rsidP="00571C30">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:numPr>
         <w:ilvl w:val="0"/>
         <w:numId w:val="0"/>
       </w:numPr>
       <w:pBdr>
         <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
       </w:pBdr>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4153"/>
         <w:tab w:val="clear" w:pos="8306"/>
         <w:tab w:val="right" w:pos="9781"/>
       </w:tabs>
       <w:spacing w:after="0"/>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:lang w:bidi="cy"/>
@@ -19398,181 +19313,181 @@
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:lang w:bidi="cy"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:sdtContent>
     </w:sdt>
   </w:p>
   <w:p w14:paraId="77721844" w14:textId="77777777" w:rsidR="00856593" w:rsidRPr="00571C30" w:rsidRDefault="00856593" w:rsidP="00571C30">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:numPr>
         <w:ilvl w:val="0"/>
         <w:numId w:val="0"/>
       </w:numPr>
       <w:ind w:left="624" w:hanging="624"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6E333F88" w14:textId="77777777" w:rsidR="006753E0" w:rsidRDefault="006753E0">
+    <w:p w14:paraId="7ABD0FBB" w14:textId="77777777" w:rsidR="00981861" w:rsidRDefault="00981861">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="454A9EF0" w14:textId="77777777" w:rsidR="006753E0" w:rsidRDefault="006753E0">
+    <w:p w14:paraId="34583A57" w14:textId="77777777" w:rsidR="00981861" w:rsidRDefault="00981861">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1C7E313C" w14:textId="77777777" w:rsidR="00856593" w:rsidRPr="00720C7F" w:rsidRDefault="00856593" w:rsidP="00720C7F">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:numPr>
         <w:ilvl w:val="0"/>
         <w:numId w:val="0"/>
       </w:numPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="4087519E" w14:textId="77777777" w:rsidR="00856593" w:rsidRDefault="00856593">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:numPr>
         <w:numberingChange w:id="9" w:author="Alison" w:date="2008-07-08T12:08:00Z" w:original="%1:1:0:.%2:9:0:"/>
       </w:numPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="64F7883E" w14:textId="77777777" w:rsidR="00856593" w:rsidRPr="00174B6B" w:rsidRDefault="00856593" w:rsidP="008D3154">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:numPr>
         <w:ilvl w:val="0"/>
         <w:numId w:val="0"/>
       </w:numPr>
       <w:pBdr>
         <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
       </w:pBdr>
       <w:tabs>
         <w:tab w:val="clear" w:pos="8306"/>
         <w:tab w:val="right" w:pos="9639"/>
       </w:tabs>
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header4.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="07F0E6F5" w14:textId="77777777" w:rsidR="00856593" w:rsidRDefault="00856593">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:numPr>
         <w:numberingChange w:id="11" w:author="Alison" w:date="2008-07-08T12:08:00Z" w:original="%1:1:0:.%2:15:0:"/>
       </w:numPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header5.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="64740A63" w14:textId="77777777" w:rsidR="00856593" w:rsidRDefault="00856593">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header6.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1646BD3C" w14:textId="77777777" w:rsidR="00856593" w:rsidRPr="008D3154" w:rsidRDefault="00856593" w:rsidP="008D3154">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:numPr>
         <w:ilvl w:val="0"/>
         <w:numId w:val="0"/>
       </w:numPr>
       <w:pBdr>
         <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
       </w:pBdr>
       <w:tabs>
         <w:tab w:val="clear" w:pos="8306"/>
         <w:tab w:val="right" w:pos="14601"/>
       </w:tabs>
       <w:ind w:left="624" w:hanging="624"/>
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header7.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="4E487234" w14:textId="77777777" w:rsidR="00856593" w:rsidRDefault="00856593">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="E7845843"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B2E1F778"/>
     <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="FFFFFFFF">
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="FFFFFFFF">
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="FFFFFFFF">
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
@@ -23112,202 +23027,202 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="1579363737">
     <w:abstractNumId w:val="15"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="2118677972">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="3" w16cid:durableId="2063361004">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="4">
+  <w:num w:numId="4" w16cid:durableId="1564828948">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="5">
+  <w:num w:numId="5" w16cid:durableId="1861123692">
     <w:abstractNumId w:val="17"/>
   </w:num>
-  <w:num w:numId="6">
+  <w:num w:numId="6" w16cid:durableId="505827215">
     <w:abstractNumId w:val="21"/>
   </w:num>
-  <w:num w:numId="7">
+  <w:num w:numId="7" w16cid:durableId="1492527815">
     <w:abstractNumId w:val="13"/>
   </w:num>
-  <w:num w:numId="8">
+  <w:num w:numId="8" w16cid:durableId="104889753">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="9">
+  <w:num w:numId="9" w16cid:durableId="663358846">
     <w:abstractNumId w:val="30"/>
   </w:num>
-  <w:num w:numId="10">
+  <w:num w:numId="10" w16cid:durableId="1192650290">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="11">
+  <w:num w:numId="11" w16cid:durableId="482426904">
     <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="12">
+  <w:num w:numId="12" w16cid:durableId="1737583112">
     <w:abstractNumId w:val="16"/>
   </w:num>
-  <w:num w:numId="13">
+  <w:num w:numId="13" w16cid:durableId="1591506621">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="14">
+  <w:num w:numId="14" w16cid:durableId="1635789719">
     <w:abstractNumId w:val="6"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="15">
+  <w:num w:numId="15" w16cid:durableId="1889343281">
     <w:abstractNumId w:val="29"/>
   </w:num>
-  <w:num w:numId="16">
+  <w:num w:numId="16" w16cid:durableId="1302809987">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="17">
+  <w:num w:numId="17" w16cid:durableId="1538545724">
     <w:abstractNumId w:val="28"/>
   </w:num>
-  <w:num w:numId="18">
+  <w:num w:numId="18" w16cid:durableId="292180768">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="19">
+  <w:num w:numId="19" w16cid:durableId="1832257799">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="20">
+  <w:num w:numId="20" w16cid:durableId="722751088">
     <w:abstractNumId w:val="27"/>
   </w:num>
-  <w:num w:numId="21">
+  <w:num w:numId="21" w16cid:durableId="1905412649">
     <w:abstractNumId w:val="20"/>
   </w:num>
-  <w:num w:numId="22">
+  <w:num w:numId="22" w16cid:durableId="1127314130">
     <w:abstractNumId w:val="22"/>
   </w:num>
-  <w:num w:numId="23">
+  <w:num w:numId="23" w16cid:durableId="464658466">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="24">
+  <w:num w:numId="24" w16cid:durableId="309210983">
     <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="25">
+  <w:num w:numId="25" w16cid:durableId="1998218490">
     <w:abstractNumId w:val="14"/>
   </w:num>
-  <w:num w:numId="26">
+  <w:num w:numId="26" w16cid:durableId="196549037">
     <w:abstractNumId w:val="23"/>
   </w:num>
-  <w:num w:numId="27">
+  <w:num w:numId="27" w16cid:durableId="74012151">
     <w:abstractNumId w:val="19"/>
   </w:num>
-  <w:num w:numId="28">
+  <w:num w:numId="28" w16cid:durableId="1341664860">
     <w:abstractNumId w:val="31"/>
   </w:num>
-  <w:num w:numId="29">
+  <w:num w:numId="29" w16cid:durableId="1987276757">
     <w:abstractNumId w:val="25"/>
   </w:num>
-  <w:num w:numId="30">
+  <w:num w:numId="30" w16cid:durableId="1435440833">
     <w:abstractNumId w:val="12"/>
   </w:num>
-  <w:num w:numId="31">
+  <w:num w:numId="31" w16cid:durableId="930628846">
     <w:abstractNumId w:val="26"/>
   </w:num>
-  <w:num w:numId="32">
+  <w:num w:numId="32" w16cid:durableId="49616395">
     <w:abstractNumId w:val="18"/>
   </w:num>
-  <w:num w:numId="33">
+  <w:num w:numId="33" w16cid:durableId="383524131">
     <w:abstractNumId w:val="24"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="10"/>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
-<w15:people xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+<w15:people xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w15:person w15:author="Alison">
     <w15:presenceInfo w15:providerId="None" w15:userId="Alison"/>
   </w15:person>
 </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:displayBackgroundShape/>
   <w:hideSpellingErrors/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3001" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="0" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="120"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="4097"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00CD43CD"/>
     <w:rsid w:val="00000B93"/>
     <w:rsid w:val="00002564"/>
     <w:rsid w:val="00002A61"/>
     <w:rsid w:val="00002A81"/>
     <w:rsid w:val="00002FB9"/>
     <w:rsid w:val="00003414"/>
@@ -23531,50 +23446,51 @@
     <w:rsid w:val="001451FE"/>
     <w:rsid w:val="00145E80"/>
     <w:rsid w:val="00146528"/>
     <w:rsid w:val="001502C5"/>
     <w:rsid w:val="001507F9"/>
     <w:rsid w:val="00151329"/>
     <w:rsid w:val="00151EF3"/>
     <w:rsid w:val="00152EFD"/>
     <w:rsid w:val="001533B9"/>
     <w:rsid w:val="00153D6B"/>
     <w:rsid w:val="0015466E"/>
     <w:rsid w:val="001547A3"/>
     <w:rsid w:val="001549FF"/>
     <w:rsid w:val="00155508"/>
     <w:rsid w:val="00155CDC"/>
     <w:rsid w:val="00155D99"/>
     <w:rsid w:val="001573A2"/>
     <w:rsid w:val="001576E1"/>
     <w:rsid w:val="00160471"/>
     <w:rsid w:val="0016287F"/>
     <w:rsid w:val="00163E71"/>
     <w:rsid w:val="001656BA"/>
     <w:rsid w:val="00166BB1"/>
     <w:rsid w:val="001676A6"/>
     <w:rsid w:val="00167BB5"/>
+    <w:rsid w:val="00170181"/>
     <w:rsid w:val="001702F1"/>
     <w:rsid w:val="00171F57"/>
     <w:rsid w:val="0017200E"/>
     <w:rsid w:val="0017228B"/>
     <w:rsid w:val="001724B2"/>
     <w:rsid w:val="00172BED"/>
     <w:rsid w:val="0017308D"/>
     <w:rsid w:val="001733D1"/>
     <w:rsid w:val="00173646"/>
     <w:rsid w:val="00173B5D"/>
     <w:rsid w:val="001740D6"/>
     <w:rsid w:val="00174B6B"/>
     <w:rsid w:val="0017527B"/>
     <w:rsid w:val="00176E05"/>
     <w:rsid w:val="001771B3"/>
     <w:rsid w:val="001775F7"/>
     <w:rsid w:val="001811CA"/>
     <w:rsid w:val="00181278"/>
     <w:rsid w:val="0018153C"/>
     <w:rsid w:val="0018155A"/>
     <w:rsid w:val="00183476"/>
     <w:rsid w:val="0018397B"/>
     <w:rsid w:val="001843CB"/>
     <w:rsid w:val="00186C70"/>
     <w:rsid w:val="0018759A"/>
@@ -23811,50 +23727,51 @@
     <w:rsid w:val="002F3544"/>
     <w:rsid w:val="002F37F9"/>
     <w:rsid w:val="002F3E11"/>
     <w:rsid w:val="002F40D1"/>
     <w:rsid w:val="002F45F6"/>
     <w:rsid w:val="002F4BAC"/>
     <w:rsid w:val="002F56A0"/>
     <w:rsid w:val="002F67C2"/>
     <w:rsid w:val="002F6921"/>
     <w:rsid w:val="002F6AAC"/>
     <w:rsid w:val="003013CE"/>
     <w:rsid w:val="00301870"/>
     <w:rsid w:val="00301F28"/>
     <w:rsid w:val="00303026"/>
     <w:rsid w:val="0030371A"/>
     <w:rsid w:val="00303A88"/>
     <w:rsid w:val="003042FF"/>
     <w:rsid w:val="00304898"/>
     <w:rsid w:val="0031083F"/>
     <w:rsid w:val="00310DD8"/>
     <w:rsid w:val="003111F2"/>
     <w:rsid w:val="00314149"/>
     <w:rsid w:val="00314860"/>
     <w:rsid w:val="00315001"/>
     <w:rsid w:val="0031615F"/>
+    <w:rsid w:val="003163F3"/>
     <w:rsid w:val="00316A8A"/>
     <w:rsid w:val="00316B16"/>
     <w:rsid w:val="00320646"/>
     <w:rsid w:val="00320B27"/>
     <w:rsid w:val="00321981"/>
     <w:rsid w:val="0032247E"/>
     <w:rsid w:val="003237B7"/>
     <w:rsid w:val="003243D9"/>
     <w:rsid w:val="00324B48"/>
     <w:rsid w:val="00325250"/>
     <w:rsid w:val="003257D7"/>
     <w:rsid w:val="0032652C"/>
     <w:rsid w:val="003267D0"/>
     <w:rsid w:val="0033034A"/>
     <w:rsid w:val="00330BB3"/>
     <w:rsid w:val="00331093"/>
     <w:rsid w:val="003317B7"/>
     <w:rsid w:val="00332405"/>
     <w:rsid w:val="00332E15"/>
     <w:rsid w:val="00333A54"/>
     <w:rsid w:val="003344BF"/>
     <w:rsid w:val="00334A9F"/>
     <w:rsid w:val="00334B21"/>
     <w:rsid w:val="003360F8"/>
     <w:rsid w:val="00337229"/>
@@ -23920,50 +23837,51 @@
     <w:rsid w:val="00396EFA"/>
     <w:rsid w:val="00396FC4"/>
     <w:rsid w:val="003A4735"/>
     <w:rsid w:val="003A4DC0"/>
     <w:rsid w:val="003A5229"/>
     <w:rsid w:val="003A54C1"/>
     <w:rsid w:val="003A57C0"/>
     <w:rsid w:val="003A5A8A"/>
     <w:rsid w:val="003A5CEF"/>
     <w:rsid w:val="003A70DE"/>
     <w:rsid w:val="003A715A"/>
     <w:rsid w:val="003B056E"/>
     <w:rsid w:val="003B05A2"/>
     <w:rsid w:val="003B07F0"/>
     <w:rsid w:val="003B106E"/>
     <w:rsid w:val="003B1B72"/>
     <w:rsid w:val="003B1E5A"/>
     <w:rsid w:val="003B3999"/>
     <w:rsid w:val="003B4322"/>
     <w:rsid w:val="003B48A0"/>
     <w:rsid w:val="003B4C06"/>
     <w:rsid w:val="003B4C0A"/>
     <w:rsid w:val="003B5D3A"/>
     <w:rsid w:val="003B6590"/>
     <w:rsid w:val="003B66CD"/>
+    <w:rsid w:val="003B7CB3"/>
     <w:rsid w:val="003C0C76"/>
     <w:rsid w:val="003C13D7"/>
     <w:rsid w:val="003C56FA"/>
     <w:rsid w:val="003C65B5"/>
     <w:rsid w:val="003C710B"/>
     <w:rsid w:val="003C7A13"/>
     <w:rsid w:val="003C7A25"/>
     <w:rsid w:val="003D25EA"/>
     <w:rsid w:val="003D372D"/>
     <w:rsid w:val="003D3F75"/>
     <w:rsid w:val="003D41BD"/>
     <w:rsid w:val="003D4352"/>
     <w:rsid w:val="003D6674"/>
     <w:rsid w:val="003D6F0C"/>
     <w:rsid w:val="003E184C"/>
     <w:rsid w:val="003E1992"/>
     <w:rsid w:val="003E22AD"/>
     <w:rsid w:val="003E360A"/>
     <w:rsid w:val="003E52A3"/>
     <w:rsid w:val="003E654F"/>
     <w:rsid w:val="003F1957"/>
     <w:rsid w:val="003F1C92"/>
     <w:rsid w:val="003F1E05"/>
     <w:rsid w:val="003F311C"/>
     <w:rsid w:val="003F365A"/>
@@ -24783,50 +24701,51 @@
     <w:rsid w:val="0095699F"/>
     <w:rsid w:val="00956FE4"/>
     <w:rsid w:val="0095727C"/>
     <w:rsid w:val="0095746B"/>
     <w:rsid w:val="00957F76"/>
     <w:rsid w:val="0096031E"/>
     <w:rsid w:val="00960DF8"/>
     <w:rsid w:val="009611D8"/>
     <w:rsid w:val="00961389"/>
     <w:rsid w:val="009624BC"/>
     <w:rsid w:val="00962EFE"/>
     <w:rsid w:val="00963D86"/>
     <w:rsid w:val="00963E6A"/>
     <w:rsid w:val="0096623B"/>
     <w:rsid w:val="00966EA4"/>
     <w:rsid w:val="00967E32"/>
     <w:rsid w:val="00973471"/>
     <w:rsid w:val="0097367F"/>
     <w:rsid w:val="00973E2A"/>
     <w:rsid w:val="00974059"/>
     <w:rsid w:val="0097480B"/>
     <w:rsid w:val="00975E15"/>
     <w:rsid w:val="00980BE9"/>
     <w:rsid w:val="00980C73"/>
     <w:rsid w:val="009816AD"/>
+    <w:rsid w:val="00981861"/>
     <w:rsid w:val="00982FE8"/>
     <w:rsid w:val="00983EBB"/>
     <w:rsid w:val="00984069"/>
     <w:rsid w:val="009841CB"/>
     <w:rsid w:val="00985CB9"/>
     <w:rsid w:val="00985F13"/>
     <w:rsid w:val="00986801"/>
     <w:rsid w:val="00986C81"/>
     <w:rsid w:val="009878A8"/>
     <w:rsid w:val="00991250"/>
     <w:rsid w:val="00991878"/>
     <w:rsid w:val="00992689"/>
     <w:rsid w:val="00992ECA"/>
     <w:rsid w:val="00994E07"/>
     <w:rsid w:val="00996FC8"/>
     <w:rsid w:val="00997326"/>
     <w:rsid w:val="00997DC6"/>
     <w:rsid w:val="00997E12"/>
     <w:rsid w:val="009A11AF"/>
     <w:rsid w:val="009A22BF"/>
     <w:rsid w:val="009A2320"/>
     <w:rsid w:val="009A27B0"/>
     <w:rsid w:val="009A3F21"/>
     <w:rsid w:val="009A3F46"/>
     <w:rsid w:val="009A49F5"/>
@@ -25354,79 +25273,81 @@
     <w:rsid w:val="00CF17C4"/>
     <w:rsid w:val="00CF1807"/>
     <w:rsid w:val="00CF5266"/>
     <w:rsid w:val="00CF6436"/>
     <w:rsid w:val="00CF65C1"/>
     <w:rsid w:val="00CF6DBF"/>
     <w:rsid w:val="00CF7338"/>
     <w:rsid w:val="00CF7E28"/>
     <w:rsid w:val="00D00275"/>
     <w:rsid w:val="00D01EC5"/>
     <w:rsid w:val="00D03586"/>
     <w:rsid w:val="00D04EE4"/>
     <w:rsid w:val="00D0626C"/>
     <w:rsid w:val="00D06BAA"/>
     <w:rsid w:val="00D10985"/>
     <w:rsid w:val="00D10F38"/>
     <w:rsid w:val="00D11185"/>
     <w:rsid w:val="00D116F3"/>
     <w:rsid w:val="00D123FB"/>
     <w:rsid w:val="00D134D2"/>
     <w:rsid w:val="00D13823"/>
     <w:rsid w:val="00D1542E"/>
     <w:rsid w:val="00D16A53"/>
     <w:rsid w:val="00D16C3F"/>
     <w:rsid w:val="00D171B6"/>
+    <w:rsid w:val="00D20490"/>
     <w:rsid w:val="00D207FA"/>
     <w:rsid w:val="00D218CF"/>
     <w:rsid w:val="00D2361E"/>
     <w:rsid w:val="00D24000"/>
     <w:rsid w:val="00D241F7"/>
     <w:rsid w:val="00D24604"/>
     <w:rsid w:val="00D2513E"/>
     <w:rsid w:val="00D2594A"/>
     <w:rsid w:val="00D25D05"/>
     <w:rsid w:val="00D26835"/>
     <w:rsid w:val="00D27347"/>
     <w:rsid w:val="00D31527"/>
     <w:rsid w:val="00D318FC"/>
     <w:rsid w:val="00D33080"/>
     <w:rsid w:val="00D3496A"/>
     <w:rsid w:val="00D35CBA"/>
     <w:rsid w:val="00D36D57"/>
     <w:rsid w:val="00D370BC"/>
     <w:rsid w:val="00D37A65"/>
     <w:rsid w:val="00D400A9"/>
     <w:rsid w:val="00D427A5"/>
     <w:rsid w:val="00D43C8F"/>
     <w:rsid w:val="00D440CA"/>
     <w:rsid w:val="00D4506D"/>
     <w:rsid w:val="00D4785E"/>
     <w:rsid w:val="00D51902"/>
     <w:rsid w:val="00D52026"/>
     <w:rsid w:val="00D52AA4"/>
     <w:rsid w:val="00D539D3"/>
+    <w:rsid w:val="00D5481C"/>
     <w:rsid w:val="00D56FA6"/>
     <w:rsid w:val="00D570B1"/>
     <w:rsid w:val="00D60F4F"/>
     <w:rsid w:val="00D60F70"/>
     <w:rsid w:val="00D61146"/>
     <w:rsid w:val="00D61298"/>
     <w:rsid w:val="00D62B2A"/>
     <w:rsid w:val="00D6346C"/>
     <w:rsid w:val="00D63512"/>
     <w:rsid w:val="00D636FB"/>
     <w:rsid w:val="00D65847"/>
     <w:rsid w:val="00D66273"/>
     <w:rsid w:val="00D66640"/>
     <w:rsid w:val="00D66BB9"/>
     <w:rsid w:val="00D70724"/>
     <w:rsid w:val="00D70EF6"/>
     <w:rsid w:val="00D70F8F"/>
     <w:rsid w:val="00D71335"/>
     <w:rsid w:val="00D72263"/>
     <w:rsid w:val="00D72555"/>
     <w:rsid w:val="00D75359"/>
     <w:rsid w:val="00D75D57"/>
     <w:rsid w:val="00D77C48"/>
     <w:rsid w:val="00D8016F"/>
     <w:rsid w:val="00D8080F"/>
@@ -25523,50 +25444,51 @@
     <w:rsid w:val="00E10794"/>
     <w:rsid w:val="00E10806"/>
     <w:rsid w:val="00E10BE8"/>
     <w:rsid w:val="00E12ACB"/>
     <w:rsid w:val="00E12EC9"/>
     <w:rsid w:val="00E13285"/>
     <w:rsid w:val="00E13F28"/>
     <w:rsid w:val="00E13F4D"/>
     <w:rsid w:val="00E160C6"/>
     <w:rsid w:val="00E17367"/>
     <w:rsid w:val="00E17FDC"/>
     <w:rsid w:val="00E2009F"/>
     <w:rsid w:val="00E201D0"/>
     <w:rsid w:val="00E2052F"/>
     <w:rsid w:val="00E210BA"/>
     <w:rsid w:val="00E21CC2"/>
     <w:rsid w:val="00E2325E"/>
     <w:rsid w:val="00E2392C"/>
     <w:rsid w:val="00E24678"/>
     <w:rsid w:val="00E24F33"/>
     <w:rsid w:val="00E2583E"/>
     <w:rsid w:val="00E25958"/>
     <w:rsid w:val="00E25D25"/>
     <w:rsid w:val="00E262BE"/>
     <w:rsid w:val="00E266E2"/>
+    <w:rsid w:val="00E26BB9"/>
     <w:rsid w:val="00E27566"/>
     <w:rsid w:val="00E279BC"/>
     <w:rsid w:val="00E27A2A"/>
     <w:rsid w:val="00E27AD1"/>
     <w:rsid w:val="00E32C63"/>
     <w:rsid w:val="00E3335E"/>
     <w:rsid w:val="00E35286"/>
     <w:rsid w:val="00E41527"/>
     <w:rsid w:val="00E41CB0"/>
     <w:rsid w:val="00E4317A"/>
     <w:rsid w:val="00E441B7"/>
     <w:rsid w:val="00E46555"/>
     <w:rsid w:val="00E4727C"/>
     <w:rsid w:val="00E50BA8"/>
     <w:rsid w:val="00E51AC6"/>
     <w:rsid w:val="00E51DCF"/>
     <w:rsid w:val="00E5407B"/>
     <w:rsid w:val="00E541F5"/>
     <w:rsid w:val="00E546EA"/>
     <w:rsid w:val="00E54C95"/>
     <w:rsid w:val="00E54CB3"/>
     <w:rsid w:val="00E55956"/>
     <w:rsid w:val="00E60FD2"/>
     <w:rsid w:val="00E614C7"/>
     <w:rsid w:val="00E63822"/>
@@ -25799,64 +25721,64 @@
     <w:rsid w:val="00FF22A1"/>
     <w:rsid w:val="00FF2478"/>
     <w:rsid w:val="00FF27B0"/>
     <w:rsid w:val="00FF4937"/>
     <w:rsid w:val="00FF5477"/>
     <w:rsid w:val="00FF6868"/>
     <w:rsid w:val="00FF70EA"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="4097"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="59E1453F"/>
   <w15:docId w15:val="{5323A47C-5523-4F81-8BC1-F6F63F755BB7}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
         <w:lang w:val="cy" w:eastAsia="en-GB" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -26405,50 +26327,51 @@
   <w:style w:type="paragraph" w:styleId="Heading9">
     <w:name w:val="heading 9"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading9Char"/>
     <w:qFormat/>
     <w:rsid w:val="00D66273"/>
     <w:pPr>
       <w:keepNext/>
       <w:numPr>
         <w:ilvl w:val="0"/>
         <w:numId w:val="0"/>
       </w:numPr>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:ind w:left="459"/>
       <w:outlineLvl w:val="8"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
     <w:name w:val="Heading 1 Char"/>
@@ -27602,55 +27525,67 @@
       <w:lang w:val="en-US" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00067E00"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="FollowedHyperlink">
     <w:name w:val="FollowedHyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="000A47D3"/>
     <w:rPr>
       <w:color w:val="800080" w:themeColor="followedHyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:styleId="UnresolvedMention">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00D5481C"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="129783578">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="969894898">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -27934,55 +27869,57 @@
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2100564971">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
+  <w:relyOnVML/>
+  <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:/Documents%20and%20Settings/om166585/Local%20Settings/Temporary%20Internet%20Files/je126730/AppData/Roaming/Microsoft/Version%203/ISP/www.waspi.org" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer4.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ico.org.uk/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.waspi.org/Documents/702/ISP%20Guidance%20Dec%2010.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header7.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer6.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer7.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ico.org.uk/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header4.xml"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header6.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ico.org.uk/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer5.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header5.xml"/><Relationship Id="rId35" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.waspi.llyw.cymru" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer4.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ico.org.uk/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.waspi.org/Documents/702/ISP%20Guidance%20Dec%2010.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header7.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer6.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer7.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ico.org.uk/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header4.xml"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header6.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ico.org.uk/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer5.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header5.xml"/><Relationship Id="rId35" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -28242,157 +28179,211 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-  <documentManagement/>
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="3b72df1d-b2bc-4c0e-b3e6-e6a8480d0b49">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="fb607282-44d8-4ca5-afc6-a886f12e8bd7" xsi:nil="true"/>
+    <_ip_UnifiedCompliancePolicyUIAction xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <_ip_UnifiedCompliancePolicyProperties xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+  </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100247F7B2BB5C2024DA87A4D7D42DE56BA" ma:contentTypeVersion="10" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="69ff8afc6304a8f8741ca538a3b26a1a">
-[...2 lines deleted...]
-    <xsd:import namespace="f0640247-7968-40b8-8f1f-24af7619a3b6"/>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101005B128E63DCD10A4D9E8CE266869C4385" ma:contentTypeVersion="17" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="783afb44950100633af95cedb6879e94">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="3b72df1d-b2bc-4c0e-b3e6-e6a8480d0b49" xmlns:ns3="fb607282-44d8-4ca5-afc6-a886f12e8bd7" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="cf6e89fe487a2c359ea91b2eede27a8a" ns1:_="" ns2:_="" ns3:_="">
+    <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
+    <xsd:import namespace="3b72df1d-b2bc-4c0e-b3e6-e6a8480d0b49"/>
+    <xsd:import namespace="fb607282-44d8-4ca5-afc6-a886f12e8bd7"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
-                <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
-[...2 lines deleted...]
-                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns1:_ip_UnifiedCompliancePolicyProperties" minOccurs="0"/>
+                <xsd:element ref="ns1:_ip_UnifiedCompliancePolicyUIAction" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="8fbb6308-131a-4932-a629-28de17df74cf" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="http://schemas.microsoft.com/sharepoint/v3" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="_ip_UnifiedCompliancePolicyProperties" ma:index="23" nillable="true" ma:displayName="Unified Compliance Policy Properties" ma:hidden="true" ma:internalName="_ip_UnifiedCompliancePolicyProperties">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="_ip_UnifiedCompliancePolicyUIAction" ma:index="24" nillable="true" ma:displayName="Unified Compliance Policy UI Action" ma:hidden="true" ma:internalName="_ip_UnifiedCompliancePolicyUIAction">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="3b72df1d-b2bc-4c0e-b3e6-e6a8480d0b49" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceAutoKeyPoints" ma:index="10" nillable="true" ma:displayName="MediaServiceAutoKeyPoints" ma:hidden="true" ma:internalName="MediaServiceAutoKeyPoints" ma:readOnly="true">
-[...11 lines deleted...]
-    <xsd:element name="MediaServiceAutoTags" ma:index="12" nillable="true" ma:displayName="Tags" ma:internalName="MediaServiceAutoTags" ma:readOnly="true">
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="10" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceOCR" ma:index="13" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
-[...4 lines deleted...]
-      </xsd:simpleType>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="12" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="cefaef41-70dc-4075-804e-d4e4dbdaeee0" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
     </xsd:element>
     <xsd:element name="MediaServiceGenerationTime" ma:index="14" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceEventHashCode" ma:index="15" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="16" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceDateTaken" ma:index="17" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceLocation" ma:index="18" nillable="true" ma:displayName="Location" ma:indexed="true" ma:internalName="MediaServiceLocation" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="21" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="22" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="f0640247-7968-40b8-8f1f-24af7619a3b6" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="fb607282-44d8-4ca5-afc6-a886f12e8bd7" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="SharedWithUsers" ma:index="16" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
+    <xsd:element name="TaxCatchAll" ma:index="13" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{864ace36-3939-4d82-83ca-4d7c4de1abcb}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="fb607282-44d8-4ca5-afc6-a886f12e8bd7">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="SharedWithUsers" ma:index="19" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
-    <xsd:element name="SharedWithDetails" ma:index="17" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
+    <xsd:element name="SharedWithDetails" ma:index="20" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
         <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
@@ -28467,129 +28458,125 @@
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EC48D72E-2C2A-4CB8-9D41-24FCE32123A1}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="f0640247-7968-40b8-8f1f-24af7619a3b6"/>
-[...1 lines deleted...]
-    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
-[...3 lines deleted...]
-    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="3b72df1d-b2bc-4c0e-b3e6-e6a8480d0b49"/>
+    <ds:schemaRef ds:uri="fb607282-44d8-4ca5-afc6-a886f12e8bd7"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{DBD71983-04E1-43F4-B8A1-B086A031EDB3}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{14CED047-AB57-4DC6-A775-5C9F3C70BD2B}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D5EB2AC6-672D-4AE5-BA8A-998BEC009C06}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-    <ds:schemaRef ds:uri="8fbb6308-131a-4932-a629-28de17df74cf"/>
-    <ds:schemaRef ds:uri="f0640247-7968-40b8-8f1f-24af7619a3b6"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
+    <ds:schemaRef ds:uri="3b72df1d-b2bc-4c0e-b3e6-e6a8480d0b49"/>
+    <ds:schemaRef ds:uri="fb607282-44d8-4ca5-afc6-a886f12e8bd7"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{14B6EEFA-2A80-449C-ACBA-278B3256541F}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>20</Pages>
-[...1 lines deleted...]
-  <Characters>27420</Characters>
+  <Pages>1</Pages>
+  <Words>5284</Words>
+  <Characters>27005</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>228</Lines>
-  <Paragraphs>64</Paragraphs>
+  <Lines>540</Lines>
+  <Paragraphs>233</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Template ISP</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>NWIS</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>32376</CharactersWithSpaces>
+  <CharactersWithSpaces>32056</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="120" baseType="variant">
       <vt:variant>
         <vt:i4>1376318</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>110</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>_Toc378671225</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1376318</vt:i4>
       </vt:variant>
       <vt:variant>
@@ -28937,29 +28924,32 @@
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Template ISP</dc:title>
   <dc:subject>Information Sharing</dc:subject>
   <dc:creator>WASPI Support Team</dc:creator>
   <cp:keywords>ISP</cp:keywords>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:contentStatus>V2</cp:contentStatus>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="_NewReviewCycle">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="ContentTypeId">
-    <vt:lpwstr>0x010100247F7B2BB5C2024DA87A4D7D42DE56BA</vt:lpwstr>
+    <vt:lpwstr>0x0101005B128E63DCD10A4D9E8CE266869C4385</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MediaServiceImageTags">
+    <vt:lpwstr/>
   </property>
 </Properties>
 </file>