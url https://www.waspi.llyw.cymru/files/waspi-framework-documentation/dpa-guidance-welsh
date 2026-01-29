--- v0 (2025-10-14)
+++ v1 (2026-01-29)
@@ -11,423 +11,238 @@
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps5.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="496946E4" w14:textId="1D3FAD86" w:rsidR="00334925" w:rsidRDefault="00BB158B" w:rsidP="00966DAF">
+    <w:p w14:paraId="496946E4" w14:textId="3ABD5C8E" w:rsidR="00334925" w:rsidRDefault="009333C9" w:rsidP="00966DAF">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="44"/>
           <w:szCs w:val="44"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:noProof/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="44"/>
           <w:szCs w:val="44"/>
           <w:lang w:bidi="cy-GB"/>
         </w:rPr>
-        <mc:AlternateContent>
-[...221 lines deleted...]
-        </mc:AlternateContent>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="384E51BD" wp14:editId="40C6E39D">
+            <wp:extent cx="6209968" cy="8593925"/>
+            <wp:effectExtent l="0" t="0" r="635" b="0"/>
+            <wp:docPr id="980159278" name="Picture 4"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="Picture 1"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId12">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="6213273" cy="8598499"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
       </w:r>
       <w:r w:rsidR="00966DAF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:noProof/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="44"/>
           <w:szCs w:val="44"/>
           <w:lang w:bidi="cy-GB"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251663872" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="49694772" wp14:editId="6DD9F613">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251663872" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="49694772" wp14:editId="0D948FFA">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>-218440</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>8767445</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="2203450" cy="295275"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="13" name="Text Box 13"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="2203450" cy="295275"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln w="6350">
                           <a:noFill/>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
                           <w:p w14:paraId="49694781" w14:textId="008C7FE7" w:rsidR="00966DAF" w:rsidRPr="00D4154D" w:rsidRDefault="00966DAF" w:rsidP="00966DAF">
                             <w:pPr>
                               <w:numPr>
                                 <w:ilvl w:val="0"/>
                                 <w:numId w:val="0"/>
                               </w:numPr>
                               <w:rPr>
                                 <w:color w:val="639292"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:color w:val="639292"/>
                                 <w:lang w:bidi="cy-GB"/>
                               </w:rPr>
-                              <w:t xml:space="preserve">Fersiwn </w:t>
-[...6 lines deleted...]
-                              <w:t xml:space="preserve">1 </w:t>
+                              <w:t xml:space="preserve">Fersiwn 1 </w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="49694772" id="Text Box 13" o:spid="_x0000_s1029" type="#_x0000_t202" style="position:absolute;margin-left:-17.2pt;margin-top:690.35pt;width:173.5pt;height:23.25pt;z-index:251663872;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBEisZ0KAIAAE4EAAAOAAAAZHJzL2Uyb0RvYy54bWysVMlu2zAQvRfoPxC815IVO4tgOXATuChg&#10;JAGcImeaIi2hFIclaUvu13dIyUvTnopeKA5nOMt7j5rdd40ie2FdDbqg41FKidAcylpvC/rtdfnp&#10;lhLnmS6ZAi0KehCO3s8/fpi1JhcZVKBKYQkm0S5vTUEr702eJI5XomFuBEZodEqwDfNo2m1SWtZi&#10;9kYlWZpeJy3Y0ljgwjk8feyddB7zSym4f5bSCU9UQbE3H1cb101Yk/mM5VvLTFXzoQ32D100rNZY&#10;9JTqkXlGdrb+I1VTcwsOpB9xaBKQsuYizoDTjNN306wrZkScBcFx5gST+39p+dN+bV4s8d1n6JDA&#10;OIQzK+DfHWKTtMblQ0zA1OUOo8OgnbRN+OIIBC8itocTnqLzhONhlqVXkym6OPqyu2l2Mw2AJ+fb&#10;xjr/RUBDwqagFvmKHbD9yvk+9BgSimlY1kpFzpQmbUGvrzD9bx5MrvTQeN9r6Np3m47UZRgQb4eT&#10;DZQHnNtCLwln+LLGHlbM+RdmUQPYNuraP+MiFWAtGHaUVGB//u08xCM16KWkRU0V1P3YMSsoUV81&#10;knY3nkyCCKMxmd5kaNhLz+bSo3fNA6Bsx/iCDI/bEO/VcSstNG8o/0Woii6mOdYuKPf2aDz4Xuv4&#10;gLhYLGIYCs8wv9Jrw4+EB4xfuzdmzUCERwqf4Kg/lr/jo4/tcV/sPMg6knXGdSAARRvpHh5YeBWX&#10;dow6/wbmvwAAAP//AwBQSwMEFAAGAAgAAAAhAOThXp/jAAAADQEAAA8AAABkcnMvZG93bnJldi54&#10;bWxMj7FqwzAQhvdC30FcoEtJpNgmDo7lUAIFD16SlEI3xVItE0tyJcVx377XqR3v/o//viv3sxnI&#10;pHzoneWwXjEgyrZO9rbj8HZ+XW6BhCisFIOzisO3CrCvHh9KUUh3t0c1nWJHsMSGQnDQMY4FpaHV&#10;yoiwcqOymH06b0TE0XdUenHHcjPQhLENNaK3eEGLUR20aq+nm+EwvdeZPE46+udDU7P62nzlHw3n&#10;T4v5ZQckqjn+wfCrj+pQodPF3awMZOCwTLMMUQzSLcuBIJKukw2QC66yJE+AViX9/0X1AwAA//8D&#10;AFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9U&#10;eXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9y&#10;ZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAESKxnQoAgAATgQAAA4AAAAAAAAAAAAAAAAALgIAAGRy&#10;cy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAOThXp/jAAAADQEAAA8AAAAAAAAAAAAAAAAAggQA&#10;AGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAACSBQAAAAA=&#10;" filled="f" stroked="f" strokeweight=".5pt">
+              <v:shapetype w14:anchorId="49694772" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+                <v:stroke joinstyle="miter"/>
+                <v:path gradientshapeok="t" o:connecttype="rect"/>
+              </v:shapetype>
+              <v:shape id="Text Box 13" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:-17.2pt;margin-top:690.35pt;width:173.5pt;height:23.25pt;z-index:251663872;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCFZfzmIwIAAEcEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8lu2zAQvRfoPxC815IVO4tgOXATuChg&#10;JAGcImeaIi2hFIclaUvu13dIyUvTnopeKI5mOMt7b2b3XaPIXlhXgy7oeJRSIjSHstbbgn57XX66&#10;pcR5pkumQIuCHoSj9/OPH2atyUUGFahSWIJJtMtbU9DKe5MnieOVaJgbgREanRJswzyadpuUlrWY&#10;vVFJlqbXSQu2NBa4cA7/PvZOOo/5pRTcP0vphCeqoNibj6eN5yacyXzG8q1lpqr50Ab7hy4aVmss&#10;ekr1yDwjO1v/kaqpuQUH0o84NAlIWXMRZ8Bpxum7adYVMyLOguA4c4LJ/b+0/Gm/Ni+W+O4zdEhg&#10;HMKZFfDvDrFJWuPyISZg6nKH0WHQTtomfHEEgg8R28MJT9F5wvFnlqVXkym6OPqyu2l2Mw2AJ+fX&#10;xjr/RUBDwqWgFvmKHbD9yvk+9BgSimlY1kpFzpQmbUGvrzD9bx5MrvTQeN9r6Np3mw6fhesGygMO&#10;bKHXgjN8WWPxFXP+hVkkH/tFQftnPKQCLALDjZIK7M+//Q/xyAl6KWlRTAV1P3bMCkrUV41s3Y0n&#10;k6C+aEymNxka9tKzufToXfMAqNcxro7h8RrivTpepYXmDXW/CFXRxTTH2gXl3h6NB9+LHDeHi8Ui&#10;hqHiDPMrvTb8yHQA97V7Y9YMDHjk7gmOwmP5OyL62B7wxc6DrCNLZ1wH5FGtkedhs8I6XNox6rz/&#10;818AAAD//wMAUEsDBBQABgAIAAAAIQDk4V6f4wAAAA0BAAAPAAAAZHJzL2Rvd25yZXYueG1sTI+x&#10;asMwEIb3Qt9BXKBLSaTYJg6O5VACBQ9ekpRCN8VSLRNLciXFcd++16kd7/6P/74r97MZyKR86J3l&#10;sF4xIMq2Tva24/B2fl1ugYQorBSDs4rDtwqwrx4fSlFId7dHNZ1iR7DEhkJw0DGOBaWh1cqIsHKj&#10;sph9Om9ExNF3VHpxx3Iz0ISxDTWit3hBi1EdtGqvp5vhML3XmTxOOvrnQ1Oz+tp85R8N50+L+WUH&#10;JKo5/sHwq4/qUKHTxd2sDGTgsEyzDFEM0i3LgSCSrpMNkAuusiRPgFYl/f9F9QMAAP//AwBQSwEC&#10;LQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNd&#10;LnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8u&#10;cmVsc1BLAQItABQABgAIAAAAIQCFZfzmIwIAAEcEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJv&#10;RG9jLnhtbFBLAQItABQABgAIAAAAIQDk4V6f4wAAAA0BAAAPAAAAAAAAAAAAAAAAAH0EAABkcnMv&#10;ZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAjQUAAAAA&#10;" filled="f" stroked="f" strokeweight=".5pt">
                 <v:textbox>
                   <w:txbxContent>
                     <w:p w14:paraId="49694781" w14:textId="008C7FE7" w:rsidR="00966DAF" w:rsidRPr="00D4154D" w:rsidRDefault="00966DAF" w:rsidP="00966DAF">
                       <w:pPr>
                         <w:numPr>
                           <w:ilvl w:val="0"/>
                           <w:numId w:val="0"/>
                         </w:numPr>
                         <w:rPr>
                           <w:color w:val="639292"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:color w:val="639292"/>
                           <w:lang w:bidi="cy-GB"/>
                         </w:rPr>
-                        <w:t xml:space="preserve">Fersiwn </w:t>
-[...6 lines deleted...]
-                        <w:t xml:space="preserve">1 </w:t>
+                        <w:t xml:space="preserve">Fersiwn 1 </w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="00966DAF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:noProof/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="44"/>
           <w:szCs w:val="44"/>
           <w:lang w:bidi="cy-GB"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251662848" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="49694774" wp14:editId="2EF0BD54">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
@@ -1842,51 +1657,51 @@
       <w:pPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="624"/>
           <w:tab w:val="num" w:pos="567"/>
         </w:tabs>
       </w:pPr>
       <w:r w:rsidRPr="00BD6E72">
         <w:rPr>
           <w:lang w:bidi="cy-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Cafodd y canllawiau hyn eu paratoi i gefnogi datblygu </w:t>
       </w:r>
       <w:r w:rsidRPr="00BD6E72">
         <w:rPr>
           <w:b/>
           <w:lang w:bidi="cy-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Cytundebau Prosesu Data </w:t>
       </w:r>
       <w:r w:rsidRPr="00BD6E72">
         <w:rPr>
           <w:lang w:bidi="cy-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">o dan y fframwaith cenedlaethol a ddarperir gan Gytundeb Rhannu Gwybodaeth Bersonol Cymru (WASPI).  Mae’r ddogfen hon yn ymwneud yn benodol â thempled y Cytundeb Prosesu Data sydd ar gael ar wefan WASPI – </w:t>
       </w:r>
-      <w:hyperlink r:id="rId14" w:history="1">
+      <w:hyperlink r:id="rId13" w:history="1">
         <w:r w:rsidR="00C237FC" w:rsidRPr="00F750BE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:lang w:bidi="cy-GB"/>
           </w:rPr>
           <w:t>www.waspi.llyw.cymru</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="49694706" w14:textId="2C3C6239" w:rsidR="00D334E0" w:rsidRPr="00B80ACD" w:rsidRDefault="00D02404" w:rsidP="00D02404">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="624"/>
           <w:tab w:val="num" w:pos="567"/>
         </w:tabs>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:bidi="cy-GB"/>
         </w:rPr>
         <w:t>Rhoddir yr egwyddorion a nodir yn y Cytundeb ar waith drwy ddull cydweithredol o ddatblygu cytundebau gan ddefnyddio templedi WASPI. Mae canllawiau ar wahân ar gael ar y mathau eraill o gytundebau WASPI.</w:t>
@@ -2067,205 +1882,199 @@
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008668C0">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:bidi="cy-GB"/>
               </w:rPr>
               <w:t>Cyn dechrau datblygu Cytundeb Prosesu Data, rhaid i chi geisio cyngor gan berson â chymwysterau a/neu brofiad addas.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0018225A" w:rsidRPr="00E83764" w14:paraId="49694716" w14:textId="77777777" w:rsidTr="000F1DD7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4616" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="49694713" w14:textId="23A06744" w:rsidR="0018225A" w:rsidRPr="00ED3C68" w:rsidRDefault="00A035A5" w:rsidP="00BF3DC3">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:bidi="cy-GB"/>
               </w:rPr>
               <w:t>A ydych wedi ystyried yr angen am Asesiad o’r Effaith ar Ddiogelu Data / Asesiad o’r Effaith ar Breifatrwydd, ac wedi’i gwblhau lle bo angen?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4337" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="49694714" w14:textId="798D4EE2" w:rsidR="0018225A" w:rsidRPr="00EC15E8" w:rsidRDefault="0018225A" w:rsidP="00BF3DC3">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EC15E8">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:bidi="cy-GB"/>
               </w:rPr>
               <w:t>Canllawiau’r Comisiynydd Gwybodaeth ar Gytundebau Prosesu Data ac Erthygl 35 o Reoliad Cyffredinol ar Ddiogelu Data y DU.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="49694715" w14:textId="77777777" w:rsidR="0018225A" w:rsidRPr="00EC15E8" w:rsidRDefault="0018225A" w:rsidP="00FB3D03">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EC15E8">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:bidi="cy-GB"/>
               </w:rPr>
               <w:t>Dylech drafod hyn gyda'ch tîm Llywodraethu Gwybodaeth neu Swyddog Diogelu Data.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0018225A" w:rsidRPr="00ED3C68" w14:paraId="49694719" w14:textId="77777777" w:rsidTr="000F1DD7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4616" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="49694717" w14:textId="6576A99D" w:rsidR="0018225A" w:rsidRPr="00ED3C68" w:rsidRDefault="0018225A" w:rsidP="003C6C28">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:bidi="cy-GB"/>
               </w:rPr>
               <w:t>A yw'r data sy'n cael ei ddatgelu yn adnabod unigolion yn uniongyrchol neu'n anuniongyrchol?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4337" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="49694718" w14:textId="5239A668" w:rsidR="0018225A" w:rsidRPr="00EC15E8" w:rsidRDefault="0018225A" w:rsidP="0018225A">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EC15E8">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:bidi="cy-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">Os nad yw’r data sy’n cael ei ddatgelu yn adnabod unigolion, nid oes angen Cytundeb Prosesu Data (ond dylech drafod hyn gyda’ch tîm Llywodraethu Gwybodaeth neu Swyddog Diogelu Data, a dylai’r tîm/swyddog gadarnhau hyn). Sylwch mai dim ond lle mae'n wirioneddol ddienw y bydd data'n cael ei ystyried i beidio ag adnabod unigolyn yn uniongyrchol neu'n anuniongyrchol. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0018225A" w:rsidRPr="00ED3C68" w14:paraId="4969471E" w14:textId="77777777" w:rsidTr="000F1DD7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4616" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4969471A" w14:textId="2661ABB4" w:rsidR="0018225A" w:rsidRPr="00ED3C68" w:rsidRDefault="0018225A" w:rsidP="00867B6B">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:bidi="cy-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">A yw’r data’n cael ei ddatgelu gyda thrydydd parti at ddibenion cefnogi’r rheolydd data i ddarparu gwasanaeth? </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4337" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="59DD3B5F" w14:textId="77777777" w:rsidR="00B01A76" w:rsidRDefault="0018225A" w:rsidP="00A035A5">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A035A5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:bidi="cy-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">Y bwriad yw bod Cytundebau Prosesu Data yn cael eu defnyddio pan fo prosesydd yn prosesu data personol </w:t>
             </w:r>
             <w:r w:rsidRPr="00A035A5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
@@ -3496,182 +3305,174 @@
           <w:lang w:bidi="cy-GB"/>
         </w:rPr>
         <w:t>Dylai Adran XIV nodi'r lleoliadau lle bydd y prosesydd (a'i is-broseswyr) yn prosesu'r data personol yn unol â'r Cytundeb Prosesu Data.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0136B2C2" w14:textId="7A887A10" w:rsidR="001F3F00" w:rsidRDefault="001F3F00" w:rsidP="00C87D0C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="624"/>
           <w:tab w:val="num" w:pos="567"/>
         </w:tabs>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:lang w:bidi="cy-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Lle mae’r prosesydd (neu ei is-broseswyr) i brosesu (gan gynnwys cael mynediad at y data personol neu’i storio) y data personol o wlad nad yw’n wlad ddigonol, yna bydd angen i’r rheolydd sicrhau bod mesurau diogelu priodol eraill ar waith yn unol â Phennod V o Reoliad Cyffredinol ar Ddiogelu Data y DU. Dylai gofnodi’r mesurau diogelu hynny yn Adran XIV. </w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="001F3F00" w:rsidSect="00252F0C">
-      <w:headerReference w:type="default" r:id="rId15"/>
-[...2 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId18"/>
+      <w:headerReference w:type="default" r:id="rId14"/>
+      <w:footerReference w:type="default" r:id="rId15"/>
+      <w:headerReference w:type="first" r:id="rId16"/>
+      <w:footerReference w:type="first" r:id="rId17"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="993" w:right="1134" w:bottom="1440" w:left="1134" w:header="709" w:footer="709" w:gutter="0"/>
       <w:pgNumType w:start="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1A866B14" w14:textId="77777777" w:rsidR="00252F0C" w:rsidRDefault="00252F0C">
+    <w:p w14:paraId="1D8BC3E9" w14:textId="77777777" w:rsidR="00BC4A45" w:rsidRDefault="00BC4A45">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="29A119E5" w14:textId="77777777" w:rsidR="00252F0C" w:rsidRDefault="00252F0C">
+    <w:p w14:paraId="7075BF07" w14:textId="77777777" w:rsidR="00BC4A45" w:rsidRDefault="00BC4A45">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Bold">
     <w:altName w:val="Times New Roman"/>
-    <w:panose1 w:val="020B0704020202020204"/>
+    <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial (W1)">
     <w:altName w:val="Arial"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Zurich BT">
     <w:altName w:val="Calibri"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Lucida Sans">
-[...6 lines deleted...]
-  </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="4969477D" w14:textId="77777777" w:rsidR="005C304D" w:rsidRDefault="005C304D" w:rsidP="005C304D">
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="0"/>
         <w:numId w:val="0"/>
       </w:numPr>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="4969477E" w14:textId="77777777" w:rsidR="005C304D" w:rsidRPr="00A038A1" w:rsidRDefault="005C304D" w:rsidP="005C304D">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:numPr>
         <w:ilvl w:val="0"/>
         <w:numId w:val="0"/>
       </w:numPr>
       <w:pBdr>
         <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
       </w:pBdr>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4153"/>
         <w:tab w:val="clear" w:pos="8306"/>
         <w:tab w:val="right" w:pos="9781"/>
       </w:tabs>
       <w:spacing w:after="0"/>
       <w:rPr>
@@ -3741,113 +3542,113 @@
     </w:r>
     <w:r w:rsidRPr="00A038A1">
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:bidi="cy-GB"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="4969477F" w14:textId="77777777" w:rsidR="00AA36E6" w:rsidRPr="0055527C" w:rsidRDefault="00AA36E6" w:rsidP="0055527C">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:numPr>
         <w:ilvl w:val="0"/>
         <w:numId w:val="0"/>
       </w:numPr>
       <w:ind w:left="567" w:hanging="567"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="49694780" w14:textId="77777777" w:rsidR="005C304D" w:rsidRDefault="005C304D" w:rsidP="005C304D">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:numPr>
         <w:ilvl w:val="0"/>
         <w:numId w:val="0"/>
       </w:numPr>
       <w:ind w:left="567" w:hanging="567"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2806E504" w14:textId="77777777" w:rsidR="00252F0C" w:rsidRDefault="00252F0C">
+    <w:p w14:paraId="72880C64" w14:textId="77777777" w:rsidR="00BC4A45" w:rsidRDefault="00BC4A45">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4CC14BD7" w14:textId="77777777" w:rsidR="00252F0C" w:rsidRDefault="00252F0C">
+    <w:p w14:paraId="6BCEBD42" w14:textId="77777777" w:rsidR="00BC4A45" w:rsidRDefault="00BC4A45">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="4969477C" w14:textId="77777777" w:rsidR="00AA36E6" w:rsidRDefault="00AA36E6" w:rsidP="00594B44">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:numPr>
         <w:ilvl w:val="0"/>
         <w:numId w:val="0"/>
       </w:numPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="73DE286D" w14:textId="77777777" w:rsidR="00F822A8" w:rsidRDefault="00F822A8" w:rsidP="00BB158B">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:numPr>
         <w:ilvl w:val="0"/>
         <w:numId w:val="0"/>
       </w:numPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="023A1B95"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="945E56EC"/>
     <w:lvl w:ilvl="0" w:tplc="2CD8E3F2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="Bull"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
@@ -7829,52 +7630,52 @@
     <w:abstractNumId w:val="24"/>
   </w:num>
   <w:num w:numId="36" w16cid:durableId="292181478">
     <w:abstractNumId w:val="4"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="11"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="37" w16cid:durableId="902640366">
     <w:abstractNumId w:val="25"/>
   </w:num>
   <w:num w:numId="38" w16cid:durableId="1535732646">
     <w:abstractNumId w:val="23"/>
   </w:num>
   <w:num w:numId="39" w16cid:durableId="199050834">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="16"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="100"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="80"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:revisionView w:inkAnnotations="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
@@ -9028,50 +8829,51 @@
     <w:rsid w:val="008F63B9"/>
     <w:rsid w:val="008F65F6"/>
     <w:rsid w:val="008F6619"/>
     <w:rsid w:val="008F75D5"/>
     <w:rsid w:val="008F7D0C"/>
     <w:rsid w:val="009022B3"/>
     <w:rsid w:val="00903D84"/>
     <w:rsid w:val="00903DFB"/>
     <w:rsid w:val="00904B21"/>
     <w:rsid w:val="00905881"/>
     <w:rsid w:val="00905919"/>
     <w:rsid w:val="00905E72"/>
     <w:rsid w:val="00907AAF"/>
     <w:rsid w:val="00907E2E"/>
     <w:rsid w:val="0091206E"/>
     <w:rsid w:val="0091520B"/>
     <w:rsid w:val="009201BC"/>
     <w:rsid w:val="009231C4"/>
     <w:rsid w:val="0092408D"/>
     <w:rsid w:val="009255FE"/>
     <w:rsid w:val="00927AF2"/>
     <w:rsid w:val="00927D15"/>
     <w:rsid w:val="0093075E"/>
     <w:rsid w:val="009310B6"/>
     <w:rsid w:val="00932ABB"/>
+    <w:rsid w:val="009333C9"/>
     <w:rsid w:val="00933FFD"/>
     <w:rsid w:val="00934A3F"/>
     <w:rsid w:val="00935914"/>
     <w:rsid w:val="00936301"/>
     <w:rsid w:val="00936AC6"/>
     <w:rsid w:val="009417C4"/>
     <w:rsid w:val="00943235"/>
     <w:rsid w:val="009433F7"/>
     <w:rsid w:val="00945229"/>
     <w:rsid w:val="00945A0C"/>
     <w:rsid w:val="009464BE"/>
     <w:rsid w:val="00947689"/>
     <w:rsid w:val="00947A12"/>
     <w:rsid w:val="00947C09"/>
     <w:rsid w:val="00954992"/>
     <w:rsid w:val="00957653"/>
     <w:rsid w:val="00960233"/>
     <w:rsid w:val="0096109C"/>
     <w:rsid w:val="00961F43"/>
     <w:rsid w:val="00964FDC"/>
     <w:rsid w:val="00965F2D"/>
     <w:rsid w:val="00966DAF"/>
     <w:rsid w:val="009724D7"/>
     <w:rsid w:val="00973BA8"/>
     <w:rsid w:val="0097455E"/>
@@ -9335,50 +9137,51 @@
     <w:rsid w:val="00B955E6"/>
     <w:rsid w:val="00B95E37"/>
     <w:rsid w:val="00B9633A"/>
     <w:rsid w:val="00BA078E"/>
     <w:rsid w:val="00BA19EA"/>
     <w:rsid w:val="00BA1E1B"/>
     <w:rsid w:val="00BA46D7"/>
     <w:rsid w:val="00BA4FF4"/>
     <w:rsid w:val="00BA5447"/>
     <w:rsid w:val="00BA76AF"/>
     <w:rsid w:val="00BB0A2A"/>
     <w:rsid w:val="00BB158B"/>
     <w:rsid w:val="00BB1F0C"/>
     <w:rsid w:val="00BB2CFC"/>
     <w:rsid w:val="00BB317E"/>
     <w:rsid w:val="00BB3B50"/>
     <w:rsid w:val="00BB5C66"/>
     <w:rsid w:val="00BB61CD"/>
     <w:rsid w:val="00BB74F6"/>
     <w:rsid w:val="00BB7A36"/>
     <w:rsid w:val="00BC20BF"/>
     <w:rsid w:val="00BC2148"/>
     <w:rsid w:val="00BC2F70"/>
     <w:rsid w:val="00BC39E0"/>
     <w:rsid w:val="00BC3ADB"/>
+    <w:rsid w:val="00BC4A45"/>
     <w:rsid w:val="00BC59CA"/>
     <w:rsid w:val="00BC6CD8"/>
     <w:rsid w:val="00BD011D"/>
     <w:rsid w:val="00BD09B6"/>
     <w:rsid w:val="00BD0EFB"/>
     <w:rsid w:val="00BD2B15"/>
     <w:rsid w:val="00BD4A3A"/>
     <w:rsid w:val="00BD50BD"/>
     <w:rsid w:val="00BD6E72"/>
     <w:rsid w:val="00BD7A1C"/>
     <w:rsid w:val="00BE3108"/>
     <w:rsid w:val="00BE390B"/>
     <w:rsid w:val="00BE69C8"/>
     <w:rsid w:val="00BE72F1"/>
     <w:rsid w:val="00BE792D"/>
     <w:rsid w:val="00BF0109"/>
     <w:rsid w:val="00BF0BCA"/>
     <w:rsid w:val="00BF1432"/>
     <w:rsid w:val="00BF1614"/>
     <w:rsid w:val="00BF2409"/>
     <w:rsid w:val="00BF3258"/>
     <w:rsid w:val="00BF468C"/>
     <w:rsid w:val="00BF55D2"/>
     <w:rsid w:val="00BF5F50"/>
     <w:rsid w:val="00BF5F5A"/>
@@ -9438,50 +9241,51 @@
     <w:rsid w:val="00C542EE"/>
     <w:rsid w:val="00C5506F"/>
     <w:rsid w:val="00C5536A"/>
     <w:rsid w:val="00C55F3C"/>
     <w:rsid w:val="00C5678A"/>
     <w:rsid w:val="00C56B26"/>
     <w:rsid w:val="00C61204"/>
     <w:rsid w:val="00C6143D"/>
     <w:rsid w:val="00C6199A"/>
     <w:rsid w:val="00C6208A"/>
     <w:rsid w:val="00C63D0A"/>
     <w:rsid w:val="00C650D3"/>
     <w:rsid w:val="00C65D47"/>
     <w:rsid w:val="00C662B9"/>
     <w:rsid w:val="00C7162D"/>
     <w:rsid w:val="00C72E0E"/>
     <w:rsid w:val="00C7313D"/>
     <w:rsid w:val="00C76023"/>
     <w:rsid w:val="00C7644D"/>
     <w:rsid w:val="00C769BA"/>
     <w:rsid w:val="00C76B8E"/>
     <w:rsid w:val="00C77348"/>
     <w:rsid w:val="00C776F5"/>
     <w:rsid w:val="00C80079"/>
     <w:rsid w:val="00C81D79"/>
+    <w:rsid w:val="00C82737"/>
     <w:rsid w:val="00C82F55"/>
     <w:rsid w:val="00C83037"/>
     <w:rsid w:val="00C837A9"/>
     <w:rsid w:val="00C83CFD"/>
     <w:rsid w:val="00C841CC"/>
     <w:rsid w:val="00C84478"/>
     <w:rsid w:val="00C849A0"/>
     <w:rsid w:val="00C853C8"/>
     <w:rsid w:val="00C85B1E"/>
     <w:rsid w:val="00C860BB"/>
     <w:rsid w:val="00C91B8E"/>
     <w:rsid w:val="00C9574A"/>
     <w:rsid w:val="00C9757B"/>
     <w:rsid w:val="00CA0064"/>
     <w:rsid w:val="00CA1123"/>
     <w:rsid w:val="00CA35FD"/>
     <w:rsid w:val="00CA3DBB"/>
     <w:rsid w:val="00CA4B0C"/>
     <w:rsid w:val="00CA52A5"/>
     <w:rsid w:val="00CA786C"/>
     <w:rsid w:val="00CA7FD6"/>
     <w:rsid w:val="00CB00A8"/>
     <w:rsid w:val="00CB023C"/>
     <w:rsid w:val="00CB0840"/>
     <w:rsid w:val="00CB12BF"/>
@@ -9908,51 +9712,51 @@
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="496946E4"/>
   <w15:docId w15:val="{13030F0E-7BA9-4BA6-814E-75DABCC9FF47}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="cy-GB" w:eastAsia="en-GB" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -11197,51 +11001,51 @@
         <w:ilvl w:val="0"/>
         <w:numId w:val="0"/>
       </w:numPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Revision">
     <w:name w:val="Revision"/>
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00B01A76"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial (W1)" w:hAnsi="Arial (W1)" w:cs="Arial"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="319120177">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="650796470">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -11502,51 +11306,51 @@
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2084372825">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.waspi.gov.wales" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.waspi.gov.wales" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -11809,79 +11613,105 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101005B128E63DCD10A4D9E8CE266869C4385" ma:contentTypeVersion="15" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="847d1540541ec7881720a84c03d6c97a">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="3b72df1d-b2bc-4c0e-b3e6-e6a8480d0b49" xmlns:ns3="fb607282-44d8-4ca5-afc6-a886f12e8bd7" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="ed966d5073f1b77292b410b73179ac30" ns2:_="" ns3:_="">
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101005B128E63DCD10A4D9E8CE266869C4385" ma:contentTypeVersion="17" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="783afb44950100633af95cedb6879e94">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="3b72df1d-b2bc-4c0e-b3e6-e6a8480d0b49" xmlns:ns3="fb607282-44d8-4ca5-afc6-a886f12e8bd7" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="cf6e89fe487a2c359ea91b2eede27a8a" ns1:_="" ns2:_="" ns3:_="">
+    <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
     <xsd:import namespace="3b72df1d-b2bc-4c0e-b3e6-e6a8480d0b49"/>
     <xsd:import namespace="fb607282-44d8-4ca5-afc6-a886f12e8bd7"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns1:_ip_UnifiedCompliancePolicyProperties" minOccurs="0"/>
+                <xsd:element ref="ns1:_ip_UnifiedCompliancePolicyUIAction" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="http://schemas.microsoft.com/sharepoint/v3" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="_ip_UnifiedCompliancePolicyProperties" ma:index="23" nillable="true" ma:displayName="Unified Compliance Policy Properties" ma:hidden="true" ma:internalName="_ip_UnifiedCompliancePolicyProperties">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="_ip_UnifiedCompliancePolicyUIAction" ma:index="24" nillable="true" ma:displayName="Unified Compliance Policy UI Action" ma:hidden="true" ma:internalName="_ip_UnifiedCompliancePolicyUIAction">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="3b72df1d-b2bc-4c0e-b3e6-e6a8480d0b49" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="10" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="12" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="cefaef41-70dc-4075-804e-d4e4dbdaeee0" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
         </xsd:sequence>
@@ -12043,158 +11873,168 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...5 lines deleted...]
-</FormTemplates>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="3b72df1d-b2bc-4c0e-b3e6-e6a8480d0b49">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="fb607282-44d8-4ca5-afc6-a886f12e8bd7" xsi:nil="true"/>
+    <_ip_UnifiedCompliancePolicyUIAction xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <_ip_UnifiedCompliancePolicyProperties xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
 </file>
 
-<file path=customXml/item3.xml>��< ? x m l   v e r s i o n = " 1 . 0 "   e n c o d i n g = " u t f - 1 6 " ? > < p r o p e r t i e s   x m l n s = " h t t p : / / w w w . i m a n a g e . c o m / w o r k / x m l s c h e m a " > 
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+</file>
+
+<file path=customXml/item5.xml>��< ? x m l   v e r s i o n = " 1 . 0 "   e n c o d i n g = " u t f - 1 6 " ? > < p r o p e r t i e s   x m l n s = " h t t p : / / w w w . i m a n a g e . c o m / w o r k / x m l s c h e m a " > 
  
      < d o c u m e n t i d > L E G A L ! 6 9 8 2 4 0 3 6 . 1 < / d o c u m e n t i d > 
  
      < s e n d e r i d > L E W I S T < / s e n d e r i d > 
  
      < s e n d e r e m a i l > T O M O S . L E W I S @ B L A K E M O R G A N . C O . U K < / s e n d e r e m a i l > 
  
      < l a s t m o d i f i e d > 2 0 2 4 - 0 2 - 0 6 T 2 1 : 2 1 : 0 0 . 0 0 0 0 0 0 0 + 0 0 : 0 0 < / l a s t m o d i f i e d > 
  
      < d a t a b a s e > L E G A L < / d a t a b a s e > 
  
  < / p r o p e r t i e s > 
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-[...13 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CE38974B-C749-4C5C-ADB6-59DFE7808092}"/>
-[...2 lines deleted...]
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{100FFEF0-D172-4C5D-85E5-A804BED8F8E8}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FBF2434C-C448-4584-83FB-E6099A4841B9}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
+    <ds:schemaRef ds:uri="3b72df1d-b2bc-4c0e-b3e6-e6a8480d0b49"/>
+    <ds:schemaRef ds:uri="fb607282-44d8-4ca5-afc6-a886f12e8bd7"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2C080AB9-7E23-4CCC-B8FB-BEB1035274C2}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7755F233-9308-4AEF-BD8B-7677D02EE215}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://www.imanage.com/work/xmlschema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="3b72df1d-b2bc-4c0e-b3e6-e6a8480d0b49"/>
+    <ds:schemaRef ds:uri="fb607282-44d8-4ca5-afc6-a886f12e8bd7"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6C1CD319-C045-42B4-93DB-7CE761A376BF}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7755F233-9308-4AEF-BD8B-7677D02EE215}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2C080AB9-7E23-4CCC-B8FB-BEB1035274C2}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-[...2 lines deleted...]
-    <ds:schemaRef ds:uri="fb607282-44d8-4ca5-afc6-a886f12e8bd7"/>
+    <ds:schemaRef ds:uri="http://www.imanage.com/work/xmlschema"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>8</Pages>
-  <Words>2040</Words>
-  <Characters>11560</Characters>
+  <Words>2192</Words>
+  <Characters>11380</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>96</Lines>
-  <Paragraphs>27</Paragraphs>
+  <Lines>258</Lines>
+  <Paragraphs>111</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>ISP Development Guidance</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>NWIS</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>13573</CharactersWithSpaces>
+  <CharactersWithSpaces>13461</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="12" baseType="variant">
       <vt:variant>
         <vt:i4>655446</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>http://www.ico.gov.uk/for_organisations/data_protection/topic_guides/privacy_notices.aspx</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>655446</vt:i4>
       </vt:variant>
       <vt:variant>